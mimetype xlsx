--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -4658,75 +4658,75 @@
       <c r="H140" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>305</v>
       </c>
       <c r="B141" t="s">
         <v>306</v>
       </c>
       <c r="C141" t="s">
         <v>39</v>
       </c>
       <c r="D141" t="s">
         <v>25</v>
       </c>
       <c r="E141" t="s">
         <v>26</v>
       </c>
       <c r="F141">
         <v>2011</v>
       </c>
       <c r="G141"/>
       <c r="H141" t="s">
-        <v>136</v>
+        <v>21</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>305</v>
       </c>
       <c r="B142" t="s">
         <v>306</v>
       </c>
       <c r="C142" t="s">
         <v>39</v>
       </c>
       <c r="D142" t="s">
         <v>25</v>
       </c>
       <c r="E142" t="s">
         <v>26</v>
       </c>
       <c r="F142">
         <v>2011</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>21</v>
+        <v>136</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>307</v>
       </c>
       <c r="B143" t="s">
         <v>243</v>
       </c>
       <c r="C143" t="s">
         <v>24</v>
       </c>
       <c r="D143" t="s">
         <v>25</v>
       </c>
       <c r="E143" t="s">
         <v>26</v>
       </c>
       <c r="F143">
         <v>2011</v>
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
         <v>21</v>
       </c>