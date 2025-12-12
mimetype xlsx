--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -110,54 +110,54 @@
   <si>
     <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
@@ -1892,51 +1892,51 @@
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>92</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>30</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>94</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
@@ -1944,77 +1944,77 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>92</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>92</v>
       </c>
       <c r="B36" t="s">
         <v>93</v>
       </c>
       <c r="C36" t="s">
         <v>94</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>96</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>29</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
       <c r="H37"/>
@@ -2214,51 +2214,51 @@
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>118</v>
       </c>
       <c r="B47" t="s">
         <v>119</v>
       </c>
       <c r="C47"/>
       <c r="D47" t="s">
         <v>21</v>
       </c>
       <c r="E47" t="s">
         <v>22</v>
       </c>
       <c r="F47">
         <v>2010</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>120</v>
       </c>
       <c r="B48" t="s">
         <v>121</v>
       </c>
       <c r="C48" t="s">
         <v>29</v>
       </c>
       <c r="D48" t="s">
         <v>43</v>
       </c>
       <c r="E48" t="s">
         <v>39</v>
       </c>
       <c r="F48">
         <v>2010</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
         <v>34</v>
       </c>
@@ -2310,51 +2310,51 @@
       <c r="H50" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>126</v>
       </c>
       <c r="B51" t="s">
         <v>127</v>
       </c>
       <c r="C51" t="s">
         <v>29</v>
       </c>
       <c r="D51" t="s">
         <v>43</v>
       </c>
       <c r="E51" t="s">
         <v>39</v>
       </c>
       <c r="F51">
         <v>2010</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>128</v>
       </c>
       <c r="B52" t="s">
         <v>129</v>
       </c>
       <c r="C52" t="s">
         <v>42</v>
       </c>
       <c r="D52" t="s">
         <v>43</v>
       </c>
       <c r="E52" t="s">
         <v>39</v>
       </c>
       <c r="F52">
         <v>2010</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
         <v>63</v>
       </c>
@@ -2574,51 +2574,51 @@
       <c r="H61" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>149</v>
       </c>
       <c r="B62" t="s">
         <v>150</v>
       </c>
       <c r="C62" t="s">
         <v>26</v>
       </c>
       <c r="D62" t="s">
         <v>43</v>
       </c>
       <c r="E62" t="s">
         <v>39</v>
       </c>
       <c r="F62">
         <v>2010</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>151</v>
       </c>
       <c r="B63" t="s">
         <v>152</v>
       </c>
       <c r="C63" t="s">
         <v>153</v>
       </c>
       <c r="D63" t="s">
         <v>43</v>
       </c>
       <c r="E63" t="s">
         <v>39</v>
       </c>
       <c r="F63">
         <v>2010</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
         <v>52</v>
       </c>
@@ -2646,51 +2646,51 @@
       <c r="H64" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>156</v>
       </c>
       <c r="B65" t="s">
         <v>157</v>
       </c>
       <c r="C65" t="s">
         <v>29</v>
       </c>
       <c r="D65" t="s">
         <v>43</v>
       </c>
       <c r="E65" t="s">
         <v>39</v>
       </c>
       <c r="F65">
         <v>2010</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>158</v>
       </c>
       <c r="B66" t="s">
         <v>159</v>
       </c>
       <c r="C66" t="s">
         <v>26</v>
       </c>
       <c r="D66" t="s">
         <v>43</v>
       </c>
       <c r="E66" t="s">
         <v>39</v>
       </c>
       <c r="F66">
         <v>2010</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
         <v>44</v>
       </c>
@@ -3126,123 +3126,123 @@
       <c r="H84" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>196</v>
       </c>
       <c r="B85" t="s">
         <v>197</v>
       </c>
       <c r="C85" t="s">
         <v>29</v>
       </c>
       <c r="D85" t="s">
         <v>43</v>
       </c>
       <c r="E85" t="s">
         <v>39</v>
       </c>
       <c r="F85">
         <v>2010</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>198</v>
       </c>
       <c r="B86" t="s">
         <v>199</v>
       </c>
       <c r="C86" t="s">
         <v>29</v>
       </c>
       <c r="D86" t="s">
         <v>43</v>
       </c>
       <c r="E86" t="s">
         <v>39</v>
       </c>
       <c r="F86">
         <v>2010</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>200</v>
       </c>
       <c r="B87" t="s">
         <v>201</v>
       </c>
       <c r="C87" t="s">
         <v>26</v>
       </c>
       <c r="D87" t="s">
         <v>43</v>
       </c>
       <c r="E87" t="s">
         <v>39</v>
       </c>
       <c r="F87">
         <v>2010</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>202</v>
       </c>
       <c r="B88" t="s">
         <v>203</v>
       </c>
       <c r="C88" t="s">
         <v>26</v>
       </c>
       <c r="D88" t="s">
         <v>43</v>
       </c>
       <c r="E88" t="s">
         <v>39</v>
       </c>
       <c r="F88">
         <v>2010</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>204</v>
       </c>
       <c r="B89" t="s">
         <v>205</v>
       </c>
       <c r="C89" t="s">
         <v>26</v>
       </c>
       <c r="D89" t="s">
         <v>43</v>
       </c>
       <c r="E89" t="s">
         <v>39</v>
       </c>
       <c r="F89">
         <v>2010</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
         <v>63</v>
       </c>
@@ -3294,51 +3294,51 @@
       <c r="H91" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>210</v>
       </c>
       <c r="B92" t="s">
         <v>211</v>
       </c>
       <c r="C92" t="s">
         <v>26</v>
       </c>
       <c r="D92" t="s">
         <v>43</v>
       </c>
       <c r="E92" t="s">
         <v>39</v>
       </c>
       <c r="F92">
         <v>2010</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>212</v>
       </c>
       <c r="B93" t="s">
         <v>213</v>
       </c>
       <c r="C93" t="s">
         <v>29</v>
       </c>
       <c r="D93" t="s">
         <v>43</v>
       </c>
       <c r="E93" t="s">
         <v>39</v>
       </c>
       <c r="F93">
         <v>2010</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
         <v>73</v>
       </c>
@@ -3558,75 +3558,75 @@
       <c r="H102" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>232</v>
       </c>
       <c r="B103" t="s">
         <v>233</v>
       </c>
       <c r="C103" t="s">
         <v>29</v>
       </c>
       <c r="D103" t="s">
         <v>43</v>
       </c>
       <c r="E103" t="s">
         <v>39</v>
       </c>
       <c r="F103">
         <v>2010</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>234</v>
       </c>
       <c r="B104" t="s">
         <v>235</v>
       </c>
       <c r="C104" t="s">
         <v>153</v>
       </c>
       <c r="D104" t="s">
         <v>43</v>
       </c>
       <c r="E104" t="s">
         <v>39</v>
       </c>
       <c r="F104">
         <v>2010</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>236</v>
       </c>
       <c r="B105" t="s">
         <v>237</v>
       </c>
       <c r="C105" t="s">
         <v>26</v>
       </c>
       <c r="D105" t="s">
         <v>43</v>
       </c>
       <c r="E105" t="s">
         <v>39</v>
       </c>
       <c r="F105">
         <v>2010</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>34</v>
       </c>