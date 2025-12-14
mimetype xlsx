--- v0 (2025-10-27)
+++ v1 (2025-12-14)
@@ -2496,99 +2496,99 @@
       <c r="H39" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>105</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>21</v>
       </c>
       <c r="D40" t="s">
         <v>16</v>
       </c>
       <c r="E40" t="s">
         <v>17</v>
       </c>
       <c r="F40">
         <v>2009</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>105</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>21</v>
       </c>
       <c r="D41" t="s">
         <v>16</v>
       </c>
       <c r="E41" t="s">
         <v>17</v>
       </c>
       <c r="F41">
         <v>2009</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>106</v>
+        <v>48</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>105</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>21</v>
       </c>
       <c r="D42" t="s">
         <v>16</v>
       </c>
       <c r="E42" t="s">
         <v>17</v>
       </c>
       <c r="F42">
         <v>2009</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>22</v>
+        <v>106</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>107</v>
       </c>
       <c r="B43" t="s">
         <v>108</v>
       </c>
       <c r="C43" t="s">
         <v>109</v>
       </c>
       <c r="D43" t="s">
         <v>16</v>
       </c>
       <c r="E43" t="s">
         <v>17</v>
       </c>
       <c r="F43">
         <v>2009</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
         <v>48</v>
       </c>