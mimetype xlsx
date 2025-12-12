--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -3409,99 +3409,99 @@
       <c r="H67" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>162</v>
       </c>
       <c r="B68" t="s">
         <v>63</v>
       </c>
       <c r="C68" t="s">
         <v>49</v>
       </c>
       <c r="D68" t="s">
         <v>34</v>
       </c>
       <c r="E68" t="s">
         <v>35</v>
       </c>
       <c r="F68">
         <v>2009</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>162</v>
       </c>
       <c r="B69" t="s">
         <v>63</v>
       </c>
       <c r="C69" t="s">
         <v>49</v>
       </c>
       <c r="D69" t="s">
         <v>34</v>
       </c>
       <c r="E69" t="s">
         <v>35</v>
       </c>
       <c r="F69">
         <v>2009</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>163</v>
+        <v>41</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>162</v>
       </c>
       <c r="B70" t="s">
         <v>63</v>
       </c>
       <c r="C70" t="s">
         <v>49</v>
       </c>
       <c r="D70" t="s">
         <v>34</v>
       </c>
       <c r="E70" t="s">
         <v>35</v>
       </c>
       <c r="F70">
         <v>2009</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>27</v>
+        <v>163</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>164</v>
       </c>
       <c r="B71" t="s">
         <v>165</v>
       </c>
       <c r="C71" t="s">
         <v>166</v>
       </c>
       <c r="D71" t="s">
         <v>34</v>
       </c>
       <c r="E71" t="s">
         <v>35</v>
       </c>
       <c r="F71">
         <v>2009</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
         <v>41</v>
       </c>