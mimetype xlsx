--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -3543,99 +3543,99 @@
       <c r="H73" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>170</v>
       </c>
       <c r="B74" t="s">
         <v>71</v>
       </c>
       <c r="C74" t="s">
         <v>57</v>
       </c>
       <c r="D74" t="s">
         <v>42</v>
       </c>
       <c r="E74" t="s">
         <v>43</v>
       </c>
       <c r="F74">
         <v>2009</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>170</v>
       </c>
       <c r="B75" t="s">
         <v>71</v>
       </c>
       <c r="C75" t="s">
         <v>57</v>
       </c>
       <c r="D75" t="s">
         <v>42</v>
       </c>
       <c r="E75" t="s">
         <v>43</v>
       </c>
       <c r="F75">
         <v>2009</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>171</v>
+        <v>49</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>170</v>
       </c>
       <c r="B76" t="s">
         <v>71</v>
       </c>
       <c r="C76" t="s">
         <v>57</v>
       </c>
       <c r="D76" t="s">
         <v>42</v>
       </c>
       <c r="E76" t="s">
         <v>43</v>
       </c>
       <c r="F76">
         <v>2009</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>35</v>
+        <v>171</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>172</v>
       </c>
       <c r="B77" t="s">
         <v>173</v>
       </c>
       <c r="C77" t="s">
         <v>174</v>
       </c>
       <c r="D77" t="s">
         <v>42</v>
       </c>
       <c r="E77" t="s">
         <v>43</v>
       </c>
       <c r="F77">
         <v>2009</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
         <v>49</v>
       </c>