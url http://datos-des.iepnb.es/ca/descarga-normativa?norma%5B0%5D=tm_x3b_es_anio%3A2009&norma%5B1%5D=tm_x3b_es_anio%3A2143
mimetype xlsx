--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -3392,99 +3392,99 @@
       <c r="H66" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>161</v>
       </c>
       <c r="B67" t="s">
         <v>62</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
         <v>34</v>
       </c>
       <c r="E67" t="s">
         <v>35</v>
       </c>
       <c r="F67">
         <v>2009</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>161</v>
       </c>
       <c r="B68" t="s">
         <v>62</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
         <v>34</v>
       </c>
       <c r="E68" t="s">
         <v>35</v>
       </c>
       <c r="F68">
         <v>2009</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>162</v>
+        <v>41</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>161</v>
       </c>
       <c r="B69" t="s">
         <v>62</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
         <v>34</v>
       </c>
       <c r="E69" t="s">
         <v>35</v>
       </c>
       <c r="F69">
         <v>2009</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>27</v>
+        <v>162</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>163</v>
       </c>
       <c r="B70" t="s">
         <v>164</v>
       </c>
       <c r="C70" t="s">
         <v>165</v>
       </c>
       <c r="D70" t="s">
         <v>34</v>
       </c>
       <c r="E70" t="s">
         <v>35</v>
       </c>
       <c r="F70">
         <v>2009</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
         <v>41</v>
       </c>