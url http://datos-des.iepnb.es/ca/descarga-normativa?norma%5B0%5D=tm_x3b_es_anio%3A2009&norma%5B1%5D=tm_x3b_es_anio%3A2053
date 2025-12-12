--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -3448,99 +3448,99 @@
       <c r="H68" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>163</v>
       </c>
       <c r="B69" t="s">
         <v>64</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
         <v>37</v>
       </c>
       <c r="E69" t="s">
         <v>38</v>
       </c>
       <c r="F69">
         <v>2009</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>163</v>
       </c>
       <c r="B70" t="s">
         <v>64</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
         <v>37</v>
       </c>
       <c r="E70" t="s">
         <v>38</v>
       </c>
       <c r="F70">
         <v>2009</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>164</v>
+        <v>13</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>163</v>
       </c>
       <c r="B71" t="s">
         <v>64</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
         <v>37</v>
       </c>
       <c r="E71" t="s">
         <v>38</v>
       </c>
       <c r="F71">
         <v>2009</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>30</v>
+        <v>164</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>165</v>
       </c>
       <c r="B72" t="s">
         <v>166</v>
       </c>
       <c r="C72" t="s">
         <v>167</v>
       </c>
       <c r="D72" t="s">
         <v>37</v>
       </c>
       <c r="E72" t="s">
         <v>38</v>
       </c>
       <c r="F72">
         <v>2009</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>13</v>
       </c>