--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -3525,99 +3525,99 @@
       <c r="H71" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>168</v>
       </c>
       <c r="B72" t="s">
         <v>68</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
         <v>41</v>
       </c>
       <c r="E72" t="s">
         <v>42</v>
       </c>
       <c r="F72">
         <v>2009</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>168</v>
       </c>
       <c r="B73" t="s">
         <v>68</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
         <v>41</v>
       </c>
       <c r="E73" t="s">
         <v>42</v>
       </c>
       <c r="F73">
         <v>2009</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>169</v>
+        <v>13</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>168</v>
       </c>
       <c r="B74" t="s">
         <v>68</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
         <v>41</v>
       </c>
       <c r="E74" t="s">
         <v>42</v>
       </c>
       <c r="F74">
         <v>2009</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>34</v>
+        <v>169</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>170</v>
       </c>
       <c r="B75" t="s">
         <v>171</v>
       </c>
       <c r="C75" t="s">
         <v>172</v>
       </c>
       <c r="D75" t="s">
         <v>41</v>
       </c>
       <c r="E75" t="s">
         <v>42</v>
       </c>
       <c r="F75">
         <v>2009</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
         <v>13</v>
       </c>