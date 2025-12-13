--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -4384,99 +4384,99 @@
       <c r="H100" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>229</v>
       </c>
       <c r="B101" t="s">
         <v>138</v>
       </c>
       <c r="C101" t="s">
         <v>34</v>
       </c>
       <c r="D101" t="s">
         <v>35</v>
       </c>
       <c r="E101" t="s">
         <v>31</v>
       </c>
       <c r="F101">
         <v>2009</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>229</v>
       </c>
       <c r="B102" t="s">
         <v>138</v>
       </c>
       <c r="C102" t="s">
         <v>34</v>
       </c>
       <c r="D102" t="s">
         <v>35</v>
       </c>
       <c r="E102" t="s">
         <v>31</v>
       </c>
       <c r="F102">
         <v>2009</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>230</v>
+        <v>81</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>229</v>
       </c>
       <c r="B103" t="s">
         <v>138</v>
       </c>
       <c r="C103" t="s">
         <v>34</v>
       </c>
       <c r="D103" t="s">
         <v>35</v>
       </c>
       <c r="E103" t="s">
         <v>31</v>
       </c>
       <c r="F103">
         <v>2009</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>51</v>
+        <v>230</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>231</v>
       </c>
       <c r="B104" t="s">
         <v>232</v>
       </c>
       <c r="C104" t="s">
         <v>233</v>
       </c>
       <c r="D104" t="s">
         <v>35</v>
       </c>
       <c r="E104" t="s">
         <v>31</v>
       </c>
       <c r="F104">
         <v>2009</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
         <v>81</v>
       </c>