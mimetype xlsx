--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -4137,99 +4137,99 @@
       <c r="H91" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>214</v>
       </c>
       <c r="B92" t="s">
         <v>120</v>
       </c>
       <c r="C92" t="s">
         <v>19</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
         <v>16</v>
       </c>
       <c r="F92">
         <v>2009</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>214</v>
       </c>
       <c r="B93" t="s">
         <v>120</v>
       </c>
       <c r="C93" t="s">
         <v>19</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
         <v>16</v>
       </c>
       <c r="F93">
         <v>2009</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>215</v>
+        <v>67</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>214</v>
       </c>
       <c r="B94" t="s">
         <v>120</v>
       </c>
       <c r="C94" t="s">
         <v>19</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
         <v>16</v>
       </c>
       <c r="F94">
         <v>2009</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>24</v>
+        <v>215</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>216</v>
       </c>
       <c r="B95" t="s">
         <v>217</v>
       </c>
       <c r="C95" t="s">
         <v>218</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
         <v>16</v>
       </c>
       <c r="F95">
         <v>2009</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
         <v>67</v>
       </c>