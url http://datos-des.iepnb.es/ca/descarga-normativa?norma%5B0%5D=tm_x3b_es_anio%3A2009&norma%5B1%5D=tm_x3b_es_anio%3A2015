--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -13642,99 +13642,99 @@
       <c r="H432" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>695</v>
       </c>
       <c r="B433" t="s">
         <v>604</v>
       </c>
       <c r="C433" t="s">
         <v>52</v>
       </c>
       <c r="D433" t="s">
         <v>53</v>
       </c>
       <c r="E433" t="s">
         <v>49</v>
       </c>
       <c r="F433">
         <v>2009</v>
       </c>
       <c r="G433"/>
       <c r="H433" t="s">
-        <v>17</v>
+        <v>156</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>695</v>
       </c>
       <c r="B434" t="s">
         <v>604</v>
       </c>
       <c r="C434" t="s">
         <v>52</v>
       </c>
       <c r="D434" t="s">
         <v>53</v>
       </c>
       <c r="E434" t="s">
         <v>49</v>
       </c>
       <c r="F434">
         <v>2009</v>
       </c>
       <c r="G434"/>
       <c r="H434" t="s">
-        <v>696</v>
+        <v>17</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>695</v>
       </c>
       <c r="B435" t="s">
         <v>604</v>
       </c>
       <c r="C435" t="s">
         <v>52</v>
       </c>
       <c r="D435" t="s">
         <v>53</v>
       </c>
       <c r="E435" t="s">
         <v>49</v>
       </c>
       <c r="F435">
         <v>2009</v>
       </c>
       <c r="G435"/>
       <c r="H435" t="s">
-        <v>156</v>
+        <v>696</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>697</v>
       </c>
       <c r="B436" t="s">
         <v>698</v>
       </c>
       <c r="C436" t="s">
         <v>222</v>
       </c>
       <c r="D436" t="s">
         <v>53</v>
       </c>
       <c r="E436" t="s">
         <v>49</v>
       </c>
       <c r="F436">
         <v>2009</v>
       </c>
       <c r="G436"/>
       <c r="H436" t="s">
         <v>17</v>
       </c>