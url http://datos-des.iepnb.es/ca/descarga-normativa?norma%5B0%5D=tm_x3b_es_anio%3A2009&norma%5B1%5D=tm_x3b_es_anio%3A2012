--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -5239,99 +5239,99 @@
       <c r="H129" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>285</v>
       </c>
       <c r="B130" t="s">
         <v>194</v>
       </c>
       <c r="C130" t="s">
         <v>39</v>
       </c>
       <c r="D130" t="s">
         <v>25</v>
       </c>
       <c r="E130" t="s">
         <v>26</v>
       </c>
       <c r="F130">
         <v>2009</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
-        <v>136</v>
+        <v>60</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>285</v>
       </c>
       <c r="B131" t="s">
         <v>194</v>
       </c>
       <c r="C131" t="s">
         <v>39</v>
       </c>
       <c r="D131" t="s">
         <v>25</v>
       </c>
       <c r="E131" t="s">
         <v>26</v>
       </c>
       <c r="F131">
         <v>2009</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>285</v>
       </c>
       <c r="B132" t="s">
         <v>194</v>
       </c>
       <c r="C132" t="s">
         <v>39</v>
       </c>
       <c r="D132" t="s">
         <v>25</v>
       </c>
       <c r="E132" t="s">
         <v>26</v>
       </c>
       <c r="F132">
         <v>2009</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>286</v>
       </c>
       <c r="B133" t="s">
         <v>287</v>
       </c>
       <c r="C133" t="s">
         <v>288</v>
       </c>
       <c r="D133" t="s">
         <v>25</v>
       </c>
       <c r="E133" t="s">
         <v>26</v>
       </c>
       <c r="F133">
         <v>2009</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>136</v>
       </c>