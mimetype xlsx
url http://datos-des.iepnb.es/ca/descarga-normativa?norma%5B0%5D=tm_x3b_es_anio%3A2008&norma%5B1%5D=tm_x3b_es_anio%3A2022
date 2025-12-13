--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -110,54 +110,54 @@
   <si>
     <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
@@ -1922,51 +1922,51 @@
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>92</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>30</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>94</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
@@ -1974,77 +1974,77 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>92</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>92</v>
       </c>
       <c r="B36" t="s">
         <v>93</v>
       </c>
       <c r="C36" t="s">
         <v>94</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>96</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>29</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
       <c r="H37"/>
@@ -2154,51 +2154,51 @@
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>111</v>
       </c>
       <c r="B43" t="s">
         <v>112</v>
       </c>
       <c r="C43"/>
       <c r="D43" t="s">
         <v>113</v>
       </c>
       <c r="E43" t="s">
         <v>22</v>
       </c>
       <c r="F43">
         <v>2008</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>114</v>
       </c>
       <c r="B44" t="s">
         <v>115</v>
       </c>
       <c r="C44"/>
       <c r="D44" t="s">
         <v>21</v>
       </c>
       <c r="E44" t="s">
         <v>22</v>
       </c>
       <c r="F44">
         <v>2008</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="45" spans="1:8">
@@ -2240,51 +2240,51 @@
       <c r="F46">
         <v>2008</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>120</v>
       </c>
       <c r="B47" t="s">
         <v>121</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47" t="s">
         <v>22</v>
       </c>
       <c r="F47">
         <v>2008</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>122</v>
       </c>
       <c r="B48" t="s">
         <v>123</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
         <v>21</v>
       </c>
       <c r="E48" t="s">
         <v>22</v>
       </c>
       <c r="F48">
         <v>2008</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="49" spans="1:8">
@@ -2430,51 +2430,51 @@
         <v>31</v>
       </c>
       <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>136</v>
       </c>
       <c r="B55" t="s">
         <v>137</v>
       </c>
       <c r="C55" t="s">
         <v>26</v>
       </c>
       <c r="D55" t="s">
         <v>43</v>
       </c>
       <c r="E55" t="s">
         <v>39</v>
       </c>
       <c r="F55">
         <v>2008</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>138</v>
       </c>
       <c r="B56" t="s">
         <v>139</v>
       </c>
       <c r="C56" t="s">
         <v>26</v>
       </c>
       <c r="D56" t="s">
         <v>43</v>
       </c>
       <c r="E56" t="s">
         <v>39</v>
       </c>
       <c r="F56">
         <v>2008</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>110</v>
       </c>
@@ -2862,51 +2862,51 @@
       <c r="H72" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>173</v>
       </c>
       <c r="B73" t="s">
         <v>174</v>
       </c>
       <c r="C73" t="s">
         <v>26</v>
       </c>
       <c r="D73" t="s">
         <v>43</v>
       </c>
       <c r="E73" t="s">
         <v>39</v>
       </c>
       <c r="F73">
         <v>2008</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>175</v>
       </c>
       <c r="B74" t="s">
         <v>176</v>
       </c>
       <c r="C74" t="s">
         <v>26</v>
       </c>
       <c r="D74" t="s">
         <v>43</v>
       </c>
       <c r="E74" t="s">
         <v>39</v>
       </c>
       <c r="F74">
         <v>2008</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
         <v>15</v>
       </c>
@@ -3054,51 +3054,51 @@
       <c r="H80" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>190</v>
       </c>
       <c r="B81" t="s">
         <v>191</v>
       </c>
       <c r="C81" t="s">
         <v>26</v>
       </c>
       <c r="D81" t="s">
         <v>43</v>
       </c>
       <c r="E81" t="s">
         <v>39</v>
       </c>
       <c r="F81">
         <v>2008</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>192</v>
       </c>
       <c r="B82" t="s">
         <v>193</v>
       </c>
       <c r="C82" t="s">
         <v>29</v>
       </c>
       <c r="D82" t="s">
         <v>43</v>
       </c>
       <c r="E82" t="s">
         <v>39</v>
       </c>
       <c r="F82">
         <v>2008</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
         <v>44</v>
       </c>
@@ -3222,99 +3222,99 @@
       <c r="H87" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>204</v>
       </c>
       <c r="B88" t="s">
         <v>137</v>
       </c>
       <c r="C88" t="s">
         <v>26</v>
       </c>
       <c r="D88" t="s">
         <v>43</v>
       </c>
       <c r="E88" t="s">
         <v>39</v>
       </c>
       <c r="F88">
         <v>2008</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>205</v>
       </c>
       <c r="B89" t="s">
         <v>206</v>
       </c>
       <c r="C89" t="s">
         <v>29</v>
       </c>
       <c r="D89" t="s">
         <v>43</v>
       </c>
       <c r="E89" t="s">
         <v>39</v>
       </c>
       <c r="F89">
         <v>2008</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>207</v>
       </c>
       <c r="B90" t="s">
         <v>208</v>
       </c>
       <c r="C90" t="s">
         <v>26</v>
       </c>
       <c r="D90" t="s">
         <v>43</v>
       </c>
       <c r="E90" t="s">
         <v>39</v>
       </c>
       <c r="F90">
         <v>2008</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>209</v>
       </c>
       <c r="B91" t="s">
         <v>210</v>
       </c>
       <c r="C91" t="s">
         <v>26</v>
       </c>
       <c r="D91" t="s">
         <v>43</v>
       </c>
       <c r="E91" t="s">
         <v>39</v>
       </c>
       <c r="F91">
         <v>2008</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>44</v>
       </c>
@@ -3366,51 +3366,51 @@
       <c r="H93" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>215</v>
       </c>
       <c r="B94" t="s">
         <v>216</v>
       </c>
       <c r="C94" t="s">
         <v>26</v>
       </c>
       <c r="D94" t="s">
         <v>43</v>
       </c>
       <c r="E94" t="s">
         <v>39</v>
       </c>
       <c r="F94">
         <v>2008</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>217</v>
       </c>
       <c r="B95" t="s">
         <v>218</v>
       </c>
       <c r="C95" t="s">
         <v>26</v>
       </c>
       <c r="D95" t="s">
         <v>43</v>
       </c>
       <c r="E95" t="s">
         <v>39</v>
       </c>
       <c r="F95">
         <v>2008</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
         <v>34</v>
       </c>