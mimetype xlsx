--- v0 (2025-10-29)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -618,50 +618,56 @@
     <t>https://dogv.gva.es/datos/2007/05/30/pdf/2007_7026.pdf</t>
   </si>
   <si>
     <t>Decreto 89/2007, de 8 de mayo, del Gobierno de Aragón, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales de los Sotos y Galachos del río Ebro. BOA 75 de 25/06/2007</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=206367753838</t>
   </si>
   <si>
     <t>se declara como Paisaje Protegido, y como Zona Especial de Conservación el lugar de importancia... BON  9,</t>
   </si>
   <si>
     <t>http://www.navarra.es/home_es/Actualidad/BON/Boletines/2007/9/Anuncio-24/</t>
   </si>
   <si>
     <t>Orden APA/961/2007, de 3 de abril, que establece una reserva marina de interés pesquero en Levante de Mallorca-Cala Rajada, a levante de la isla de Mallorca, y define su delimitación, zonas y usos permitidos</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2007/04/03/apa961</t>
   </si>
   <si>
     <t>Reseña de la Resolución de 10 de enero de 2007 del conseller de Territorio y Vivienda, por la que se aprueba definitivamente el Plan especial de protección del Paraje Natural Parpalló-Borrell de Gandia. DOGV 5514 de 17/05/2007</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2007/05/17/pdf/2007_5945.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 26/2007, de 8 de marzo, por el que se regulan la composición y funcionamiento de los Patronatos de los Parques Naturales de la Red de Espacios Naturales Protegidos de Cantabria.</t>
+  </si>
+  <si>
+    <t>https://boc.cantabria.es/boces/verAnuncioAction.do?idAnuBlob=113127</t>
   </si>
   <si>
     <t>Plan de gestión de las Zonas de Especial Protección para las Aves de ambientes esteparios, según el artículo 41 de la Ley 42/2007</t>
   </si>
   <si>
     <t>http://www.castillalamancha.es/node/199633</t>
   </si>
   <si>
     <t>Decreto 314/2007, de 27-12-2007,  Consejo de Gobierno, por el que se designan 2 zonas de especial protección para las aves mediante su declaración como zonas sensibles. DOCM 272, de 31 de diciembre de 2007.</t>
   </si>
   <si>
     <t>https://docm.jccm.es/docm/verDisposicionAntigua.do?ruta=2007/12/31&amp;idDisposicion=123062369096850686</t>
   </si>
   <si>
     <t>Decreto 92/2007, de 8 de mayo, por el que se aprueba el Plan de Conservación del Hábitat del Tajinaste Azul de La Gomera (Echium acanthocarpum). (BO Canarias nº 103, 23.05.2007)</t>
   </si>
   <si>
     <t>http://www.gobiernodecanarias.org/boc/2007/103/boc-2007-103-009.pdf</t>
   </si>
   <si>
     <t>Orden Foral 340/2007, de 18 de abril por la que se aprueba el Plan de Gestión del pez "Lamprehuela" (Cobitis calderoni), como especie en peligro de extinción y cuya protección exige medidas específicas. (BOTHA nº 57, 11.05.2007) (Álava)</t>
   </si>
   <si>
     <t>http://www.araba.eus/botha/Boletines/2007/057/2007_057_03015.pdf</t>
   </si>
@@ -1028,51 +1034,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H95"/>
+  <dimension ref="A1:H96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="412.756" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="425.753" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -3041,183 +3047,179 @@
       </c>
       <c r="C84" t="s">
         <v>75</v>
       </c>
       <c r="D84" t="s">
         <v>48</v>
       </c>
       <c r="E84" t="s">
         <v>49</v>
       </c>
       <c r="F84">
         <v>2007</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>202</v>
       </c>
       <c r="B85" t="s">
         <v>203</v>
       </c>
-      <c r="C85" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C85"/>
       <c r="D85" t="s">
         <v>48</v>
       </c>
       <c r="E85" t="s">
         <v>49</v>
       </c>
       <c r="F85">
         <v>2007</v>
       </c>
       <c r="G85"/>
-      <c r="H85" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H85"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>204</v>
       </c>
       <c r="B86" t="s">
         <v>205</v>
       </c>
       <c r="C86" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="D86" t="s">
         <v>48</v>
       </c>
       <c r="E86" t="s">
         <v>49</v>
       </c>
       <c r="F86">
         <v>2007</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>206</v>
       </c>
       <c r="B87" t="s">
         <v>207</v>
       </c>
       <c r="C87" t="s">
         <v>47</v>
       </c>
       <c r="D87" t="s">
         <v>48</v>
       </c>
       <c r="E87" t="s">
         <v>49</v>
       </c>
       <c r="F87">
         <v>2007</v>
       </c>
       <c r="G87"/>
-      <c r="H87"/>
+      <c r="H87" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>208</v>
       </c>
       <c r="B88" t="s">
         <v>209</v>
       </c>
       <c r="C88" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D88" t="s">
         <v>48</v>
       </c>
       <c r="E88" t="s">
         <v>49</v>
       </c>
       <c r="F88">
         <v>2007</v>
       </c>
       <c r="G88"/>
-      <c r="H88" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>210</v>
+      </c>
+      <c r="B89" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C89" t="s">
         <v>61</v>
       </c>
       <c r="D89" t="s">
         <v>48</v>
       </c>
       <c r="E89" t="s">
         <v>49</v>
       </c>
       <c r="F89">
         <v>2007</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>177</v>
+        <v>212</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B90" t="s">
-        <v>213</v>
+        <v>60</v>
       </c>
       <c r="C90" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="D90" t="s">
         <v>48</v>
       </c>
       <c r="E90" t="s">
         <v>49</v>
       </c>
       <c r="F90">
         <v>2007</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>67</v>
+        <v>177</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>214</v>
       </c>
       <c r="B91" t="s">
         <v>215</v>
       </c>
       <c r="C91" t="s">
         <v>47</v>
       </c>
       <c r="D91" t="s">
         <v>48</v>
       </c>
       <c r="E91" t="s">
         <v>49</v>
       </c>
       <c r="F91">
         <v>2007</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>67</v>
       </c>
@@ -3232,109 +3234,133 @@
       <c r="C92" t="s">
         <v>47</v>
       </c>
       <c r="D92" t="s">
         <v>48</v>
       </c>
       <c r="E92" t="s">
         <v>49</v>
       </c>
       <c r="F92">
         <v>2007</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>218</v>
       </c>
       <c r="B93" t="s">
         <v>219</v>
       </c>
       <c r="C93" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="D93" t="s">
         <v>48</v>
       </c>
       <c r="E93" t="s">
         <v>49</v>
       </c>
       <c r="F93">
         <v>2007</v>
       </c>
       <c r="G93"/>
-      <c r="H93"/>
+      <c r="H93" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>220</v>
       </c>
       <c r="B94" t="s">
         <v>221</v>
       </c>
       <c r="C94" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
       <c r="D94" t="s">
         <v>48</v>
       </c>
       <c r="E94" t="s">
         <v>49</v>
       </c>
       <c r="F94">
         <v>2007</v>
       </c>
       <c r="G94"/>
-      <c r="H94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>222</v>
       </c>
       <c r="B95" t="s">
-        <v>87</v>
+        <v>223</v>
       </c>
       <c r="C95" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D95" t="s">
         <v>48</v>
       </c>
       <c r="E95" t="s">
         <v>49</v>
       </c>
       <c r="F95">
         <v>2007</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>224</v>
+      </c>
+      <c r="B96" t="s">
+        <v>87</v>
+      </c>
+      <c r="C96" t="s">
+        <v>61</v>
+      </c>
+      <c r="D96" t="s">
+        <v>48</v>
+      </c>
+      <c r="E96" t="s">
+        <v>49</v>
+      </c>
+      <c r="F96">
+        <v>2007</v>
+      </c>
+      <c r="G96"/>
+      <c r="H96" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>