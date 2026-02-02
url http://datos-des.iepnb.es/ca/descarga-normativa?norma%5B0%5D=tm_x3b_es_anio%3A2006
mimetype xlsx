--- v0 (2025-10-29)
+++ v1 (2026-02-02)
@@ -12,1199 +12,1214 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="383">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="388">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
-    <t>Decreto Foral 79/2006, de 13 de noviembre, por el que se declara el espacio denominado ""Montes de Valdorba"" como Zona Especial de Conservación y se aprueba el Plan de Gestión.Decreto Foral 360/2004, de 22 de noviembre, por el que se declara Paisaje Protegido el espacio denominado Montes de Valdorba y se aprueba el Plan de Uso y Gestión del mismo</t>
+    <t>"Decreto Foral 79/2006, de 13 de noviembre, por el que se declara el espacio denominado ""Montes de Valdorba"" como Zona Especial de Conservación y se aprueba el Plan de Gestión.Decreto Foral 360/2004, de 22 de noviembre, por el que se declara Paisaje Protegido el espacio denominado Montes de Valdorba y se aprueba el Plan de Uso y Gestión del mismo"</t>
+  </si>
+  <si>
+    <t>Corrección de errores de la Resolución de 17 de enero de 2006, de la Dirección General para la Biodiversidad, por la que se dispone la publicación del Acuerdo de Consejo de Ministros de 16 de diciembre de 2005, por el que se autoriza la inclusión en la lista del Convenio de Ramsar (2 de febrero de 1971), relativo a humedales de importancia internacional especialmente como hábitat de aves acuáticas, de las siguientes zonas húmedas españolas: Parque Nacional de Aigüestortes i Estany de Sant Maurici, humedales del Macizo de Peñalara, humedales de la Sierra de Urbión, Paraje Natural Punta Entinas-Sabinar, Reserva Natural Complejo Endorreico de Espera, Reserva Natural Laguna del Conde o El Salobral, Reserva Natural Laguna de Tíscar, Reserva Natural Laguna de los Jarales, Humedales y Turberas de Padul, Paraje Natural Laguna de Palos y las Madres, Reserva Natural Laguna Honda, Reserva Natural Laguna del Chinche, Reserva Natural Lagunas de Campillos y Paraje Natural Brazo del Este, así como la ampliación de la zona Ramsar Doñana y la redefinición de límites de la zona Ramsar laguna y arenal de Valdoviño.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=BOE-A-2006-18437</t>
+  </si>
+  <si>
+    <t>Normativa Comunitaria</t>
+  </si>
+  <si>
+    <t>Internacional</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
+    <t>Ley 27/2006, de 18 de julio, por la que se regulan los derechos de acceso a la información, de participación pública y de acceso a la justicia en materia de medio ambiente (incorpora las Directivas 2003/4/CE y 2003/35/CE). BOE 171, de 19 de julio de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2006/07/18/27</t>
+  </si>
+  <si>
+    <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
+  </si>
+  <si>
+    <t>Normas con rango de Ley</t>
+  </si>
+  <si>
+    <t>Nacional</t>
+  </si>
+  <si>
+    <t>Ley 15/2006, de 28 de diciembre, de Montes de Aragón. BOA 149 de 30/12/2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2006/12/28/15</t>
+  </si>
+  <si>
+    <t>Leyes autonómicas</t>
+  </si>
+  <si>
+    <t>Aragón</t>
+  </si>
+  <si>
+    <t>Ley 7/2006, de 22 de junio, de protección ambiental de Aragón. BOA 81, de 17 de julio de 2006 </t>
+  </si>
+  <si>
+    <t>https://www.boe.es/ccaa/boa/2006/081/d09819-09854.pdf</t>
+  </si>
+  <si>
+    <t>Ley de Cantabria 12/2006, de 17 de julio, de Caza de Cantabria. BOC 148 de 2 de agosto de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cb/l/2006/07/17/12</t>
+  </si>
+  <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
+    <t>Corrección de Errores a la Ley 3/2006, de 05-10-2006, por la que se modifica la Ley 2/1993, de 15 de julio de Caza de Castilla-La Mancha. DOCM 233, 01 de enero de 2007</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/docm/eli/es-cm/l/2006/10/05/3</t>
+  </si>
+  <si>
+    <t>Castilla-La Mancha</t>
+  </si>
+  <si>
+    <t>Ley 4/2006, de 25 de mayo, de modificación de la Ley 4/1996, de 12 de julio, de Caza de Castilla y León. BOCyL 110, de 08 de junio de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2006/05/25/4</t>
+  </si>
+  <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
+    <t>Ley 6/2006, de 12 de abril, balear de caza y pesca fluvial. BOIB 61 de 27/04/2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ib/l/2006/04/12/6</t>
+  </si>
+  <si>
+    <t>Illes Balears</t>
+  </si>
+  <si>
+    <t>Ley 2/2006, de 28 de febrero, de Pesca de La Rioja. BOR 33 de 9 de marzo de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ri/l/2006/02/28/2</t>
+  </si>
+  <si>
+    <t>La Rioja</t>
+  </si>
+  <si>
+    <t>Ley 1/2006, de 23 de junio, de Aguas. BOPV 137 de 19 de julio de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-pv/l/2006/06/23/1</t>
+  </si>
+  <si>
+    <t>País Vasco</t>
+  </si>
+  <si>
+    <t>Ley 4/2006, de 19 de mayo, de Conservación de la Naturaleza de Cantabria. BOE 184, 03 de agosto de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cb/l/2006/05/19/4</t>
+  </si>
+  <si>
+    <t>Ley 10/2006, de 14 de octubre, de Declaración del Parque Natural de Montes Obarenes-San Zadornil (Burgos). BOCyL 203 de 20 de octubre de 2006</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2006/10/20/pdf/BOCYL-D-20102006-1.pdf</t>
+  </si>
+  <si>
+    <t>Ley 6/2006, de 5 de julio, de declaración de la Reserva Natural de Lagunas de Villafáfila (Zamora). BOE 104, de 2 de mayo de 2011</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cl/l/2006/07/05/6</t>
+  </si>
+  <si>
+    <t>Ley 5/2006, de 30 de mayo, del Parque Natural de Las Ubiñas-La Mesa. BOE núm. 188, martes 8 agosto 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-as/l/2006/05/30/5</t>
+  </si>
+  <si>
+    <t>Principado de Asturias</t>
+  </si>
+  <si>
+    <t>Ley 14/2006, de 27 de diciembre, de declaración del Parque Natural de los Valles Occidentales. BOA 149 de 30/12/2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2006/12/27/14</t>
+  </si>
+  <si>
+    <t>Ley 11/2006, de 30 de noviembre, de declaración de la Reserva Natural Dirigida de la Laguna de Gallocanta. BOA 142 de 13/12/2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2006/11/30/11</t>
+  </si>
+  <si>
+    <t>Ley 10/2006, de 30 de noviembre, de creación de la Reserva Natural Dirigida de las Saladas de Chiprana. BOA 142 de 13 de diciembre de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ar/l/2006/11/30/10</t>
+  </si>
+  <si>
+    <t>Ley 3/2005, de 5 de mayo, de declaración del Parque Natural de los Calares del Mundo y de la Sima. BOE 154, de 29 de junio de 2005</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2005/05/05/3</t>
+  </si>
+  <si>
+    <t>Ley 1/2006, de 7 de julio, por la que se declara el Parque Natural del  Tajo Internacional. DOE 80, de 8 de julio de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ex/l/2006/07/07/1</t>
+  </si>
+  <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Resolución de 17 de enero de 2006, de la Dirección General para la Biodiversidad, por la que se dispone la publicación del Acuerdo de Consejo de Ministros de 16 de diciembre de 2005, por el que se autoriza la inclusión en la lista del Convenio de Ramsar (2 de febrero de 1971), relativo a humedales de importancia internacional especialmente como hábitat de aves acuáticas, de las siguientes zonas húmedas españolas: Parque Nacional de Aigüestortes i Estany de Sant Maurici, humedales del macizo de Peñalara, humedales de la Sierra de Urbión, Paraje Natural Punta Entinas-Sabinar, Reserva Natural Complejo Endorreico de Espera, Reserva Natural Laguna del Conde o El Salobral, Reserva Natural Laguna de Tíscar, Reserva Natural Laguna de los Jarales, Humedales y Turberas de Padul, Paraje Natural Laguna de Palos y las Madres, Reserva Natural Laguna Honda, Reserva Natural Laguna del Chinche, Reserva Natural Lagunas de Campillos, Paraje Natural Brazo del Este, así como la ampliación de la zona Ramsar Doñana y la redefinición de límites de la zona Ramsar laguna y arenal de Valdoviño. BOE 47, de 24 de febrero de 2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=BOE-A-2006-3268</t>
+  </si>
+  <si>
+    <t>Resolución</t>
+  </si>
+  <si>
+    <t>Gobierno</t>
+  </si>
+  <si>
+    <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
+  </si>
+  <si>
+    <t>Decreto 65/2006, de 14 de septiembre, por el que se actualiza la cuantía de las sanciones a imponer por la comisión de las infracciones tipificadas en la Ley 4/1996, de 12 de julio, de Caza de Castilla y León. BOCyL 182, de 20 de septiembre de 2006</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2006/09/20/pdf/BOCYL-D-20092006-2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>Autonómico</t>
+  </si>
+  <si>
+    <t>Decreto 83/2006, de 23 de noviembre, por el que se aprueba el Plan de Conservación del Águila Perdicera en Castilla y León. BOCyL 230 de 29 de noviembre de 2006</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2006/11/29/pdf/BOCYL-D-29112006-1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 82/2006, de 9 de junio, del Consell, por el que se aprueba el Plan de Recuperación del Murciélago Ratonero Patudo y del Murciélago Mediano de Herradura en la Comunitat Valenciana. DOGV 5279, de 13 de junio de 2006 (Corrección de errores en DOGV núm. 5281 de 15.06.2006)</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/es/eli/es-vc/d/2006/06/09/82/</t>
+  </si>
+  <si>
+    <t>Comunidad Valenciana</t>
+  </si>
+  <si>
+    <t>Decreto 151/2006, de 6 de octubre, del Consell, de modificación del Decreto 265/2004, de 3 de diciembre, del Consell, por el que se aprobó el Plan de Recuperación del Samaruc en la Comunitat Valenciana (DOGV nº 5.365,de 11 de diciembre de 2006).</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/10/11/pdf/2006_11586.pdf</t>
+  </si>
+  <si>
+    <t>Normal Foral 7/2006 de 20 de octubre, de Montes de Gipuzkoa. BOPV 38 de 22 de febrero de 2007</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2007/02/0701158a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 81/2006, de 11 de abril, de núcleos zoológicos. BOPV 78 de 25 de abril de 2006</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2006/04/0602136a.shtml</t>
+  </si>
+  <si>
+    <t>Orden de 1 de diciembre de 2006, de la Conselleria de Territorio y Vivienda, por la que se amplía el Catálogo Valenciano de Especies de Fauna Amenazada con la inclusión de diez nuevas especies en la categoría de vulnerables. DOCV nº 5.427, de 12 de enero de 2007</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/es/eli/es-vc/o/2006/12/01/(1)/</t>
+  </si>
+  <si>
+    <t>Orden</t>
+  </si>
+  <si>
+    <t>Decreto 31/2006, de 19 de mayo, por el que se regula la junta directiva de la Reserva de la Biosfera de los Valles del Leza, Jubera, Cidacos y Alhama. BOR 70 de 27 de mayo de 2006</t>
+  </si>
+  <si>
+    <t>https://ias1.larioja.org//cex/sistemas/GenericoServlet?servlet=cex.sistemas.dyn.portal.ImgServletSis&amp;code=oumCvWIgBUF6lChv9ZDgP_hXhSM_FmcHA0F1bsusCyAH5h3TVkJMOgIAFw6X7X0oxVWa9cUmjPpn%0AGyhVCfJ-9SN-66VFV1pP&amp;&amp;&amp;</t>
+  </si>
+  <si>
+    <t>Decreto 111/2006, de 30 de mayo, por el que se aprueba la parte Normativa del Plan Rector de Uso y Gestión del Parque Natural de Urkiola</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/bopv2/datos/2006/08/0604047a.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 175/2006, de 19 de septiembre, por el que se aprueba el Plan de Ordenación de los recursos naturales del área de Armañón. BOPV 228, 29/11/2006</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2006/11/0605975a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 176/2006, 19 de septiembre, por el que se declara Parque Natural el área de Armañón. BOPV 228 de 29 de noviembre de 2006</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2006/11/0605976a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 75/2006, de 4 de abril, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Área de Aizkorri-Aratz. BOPV 94, 19/05/2006</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2006/05/0602565a.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 76/2006, de 4 de abril, por el que se declara el Parque Natural de Aizkorri-Aratz. BOPV 76, de 21 de abril de 2006</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2006/04/0602070a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto Foral 112/2006, de 19 de junio, por el que se aprueba el plan de gestión del ave cormorán moñudo (Phalacrocorax aristotelis), como especie rara y cuya protección exige medidas específicas. BOB 129 de 6 de julio de 2006</t>
+  </si>
+  <si>
+    <t>https://www.bizkaia.eus/lehendakaritza/Bao_bob/2006/07/20060706a129.pdf#page=50</t>
+  </si>
+  <si>
+    <t>Decreto Foral 113/2006, de 19 de junio, por el que se aprueba el Plan de Gestión de Diphasiastrum alpinum (L.) J. Holub., en el Territorio Histórico de Bizkaia, como especie en peligro de extinción y cuya protección exige medidas específicas. BOB 129 de 6 de julio de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.bizkaia.eus/lehendakaritza/Bao_bob/2006/07/20060706a129.pdf#page=41</t>
+  </si>
+  <si>
+    <t>Decreto Foral 114/2006, de 19 de junio de 2006, por el que se aprueba el Plan de Gestión de Eriophorum vaginatum L., como especie en peligro de extinción y cuya protección exige medidas específicas, en el Territorio Histórico de Bizkaia. BOB 129 de 6 de julio de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.bizkaia.eus/lehendakaritza/Bao_bob/2006/07/20060706a129.pdf#page=69</t>
+  </si>
+  <si>
+    <t>Decreto Foral 115/2006, de 19 de junio, por el que se aprueba el Plan de Gestión de Genista legionensis (Pau) M. Laínz., en el Territorio Histórico de Bizkaia, como especie en peligro de extinción y cuya protección exige medidas específicas. BOB 129 de 6 de julio de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.bizkaia.eus/lehendakaritza/Bao_bob/2006/07/20060706a129.pdf#page=34</t>
+  </si>
+  <si>
+    <t>Decreto Foral 116/2006, de 19 de junio, por el que se aprueba el plan de gestión del ave paíño europeo (Hydrobates pelagicus), como especie rara y cuya protección exige medidas específicas. BOB 129 de 6 de Julio de 2006</t>
+  </si>
+  <si>
+    <t>https://www.bizkaia.eus/lehendakaritza/Bao_bob/2006/07/20060706a129.pdf#page=20</t>
+  </si>
+  <si>
+    <t>Decreto Foral 117/2006, de 19 de junio, por el que se aprueba el Plan de Gestión de Ranunculus amplexicaulis L., en el Territorio Histórico de Bizkaia, como especie en peligro de extinción y cuya protección exige medidas específicas. BOB 129 de 6 de Julio de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.bizkaia.eus/lehendakaritza/Bao_bob/2006/07/20060706a129.pdf#page=12</t>
+  </si>
+  <si>
+    <t>Decreto Foral 118/2006, de 19 de junio, por el que se aprueba el Plan de Gestión del Visón Europeo, Mustela lutreola (Linnaeus, 1761), en el Territorio Histórico de Bizkaia, como especie en peligro de extinción y cuya protección exige medidas específicas. BOB 129 de 6 de Julio de 2006</t>
+  </si>
+  <si>
+    <t>https://www.bizkaia.eus/lehendakaritza/Bao_bob/2006/07/20060706a129.pdf#page=3</t>
+  </si>
+  <si>
+    <t>Orden de 15 de marzo de 2006, por la que se aprueba inicialmente el Plan de Ordenación de los Recursos Naturales de la Sierra de la Muela, Cabo Tiñoso y Roldán. (BORM nº 77, 3/04/2006)</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2006/numero/4047/pdf?id=138280</t>
+  </si>
+  <si>
+    <t>Región de Murcia</t>
+  </si>
+  <si>
+    <t>Orden de 9 de octubre de 2006 por la que se aprueba el proyecto de clasificación de las vías pecuarias en el término municipal de Mazarrón. BORM 242, 19 de octubre de 2006</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2006/numero/13440/pdf?id=306607</t>
+  </si>
+  <si>
+    <t>Orden de 7 de febrero de 2006 por la que se aprueba el proyecto de clasificación de las vías pecuarias en el término municipal de Totana. BORM 50, 01 de marzo de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.borm.es/services/Anuncio/ano/2006/numero/2492/pdf?id=137721</t>
+  </si>
+  <si>
+    <t>Orden MAM/1498/2006, de 26 de abril, por la que se incluyen en el Catálogo de Especies Amenazadas determinadas especies de flora y cambian de categoría algunas especies de aves incluidas en el mismo (B.O.E nº 117, de 17 de mayo de 2006)</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/o/2006/04/26/mam1498</t>
+  </si>
+  <si>
+    <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
+  </si>
+  <si>
+    <t>Decreto 28/2006, de 24 de marzo, por el que se declaran Zonas de Especial Protección para las Aves (ZEPA) en el ámbito de las Islas Baleares. BOIB 47 de 01/04/2006</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es//pdf/2006047/p38.pdf</t>
+  </si>
+  <si>
+    <t>Decreto Foral 88/2006, de 18 de diciembre, por el que el espacio denominado  Robledales de Ultzama y Basaburua  se declara como Paisaje Protegido, y como Zona Especial de Conservación el lugar de importancia comunitaria que forma parte de dicho espacio, y se aprueba el Plan de Gestión. BON 9 de 19/01/2007</t>
+  </si>
+  <si>
+    <t>https://www.lexnavarra.navarra.es/detalle.asp?r=28930</t>
   </si>
   <si>
     <t>Comunidad Foral de Navarra</t>
   </si>
   <si>
-    <t>Ley 27/2006, de 18 de julio, por la que se regulan los derechos de acceso a la información, de participación pública y de acceso a la justicia en materia de medio ambiente (incorpora las Directivas 2003/4/CE y 2003/35/CE). BOE 171, de 19 de julio de 2006</t>
-[...329 lines deleted...]
-    <t>http://boib.caib.es//pdf/2006047/p38.pdf</t>
+    <t>Decreto Foral 79/2006, de 13 de noviembre, por el que se declara el espacio denominado "Montes de Valdorba" como Zona Especial de Conservación y se aprueba el Plan de Gestión. BON 145 de 4 de diciembre de 2006</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=28900</t>
+  </si>
+  <si>
+    <t>Decreto Foral 89/2006, de 18 de diciembre, por el que declara el espacio denominado  Peñadil, Montecillo y Monterrey  como Zona Especial de Conservación y se aprueba su Plan de Gestión.</t>
+  </si>
+  <si>
+    <t>http://www.lexnavarra.navarra.es/detalle.asp?r=28932</t>
+  </si>
+  <si>
+    <t>Acuerdo GOV/112/2006, de 5 de septiembre, por el que se designan zonas de especial protección para las aves (ZEPA) y se aprueba la propuesta de lugares de importancia comunitaria (LIC). DOGC 4735 de 06/10/2006</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/doc.php?id=BOE-A-2007-21490</t>
+  </si>
+  <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
+    <t>Decreto 81/2006, de 29 de junio, por el que se declara monumento natural a la Playa de el Espartal. BOPA 168 de 21 de julio de 2006</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2006-1721002&amp;p_r_p_dispositionReference=2006-1721002&amp;p_r_p_dispositionDate=21%2F07%2F2006</t>
+  </si>
+  <si>
+    <t>Decreto 122/2006, de 12-12-2006, por el que se declara el Monumento Natural "Tetas de Viana" en el término municipal de Trillo, en la provincia de Guadalajara. DOCM nº 260 de 15 de diciembre de 2006</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/12/15&amp;idDisposicion=123062909332040660</t>
+  </si>
+  <si>
+    <t>Acuerdo de 23 de junio de 2006, del Consell, por el que se declara Paraje Natural Municipal el enclave denominado Bovalar de Sant Jordi, en el término municipal de San Jorge. DOGV 5291 de 29 de junio de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/06/29/pdf/2006_7729.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 51/2003, de 16 de mayo, de ampliación del Parque natural de s'albufera des Grau y de declaración de las Reservas naturales de las islas des Porros, s'Estany, la bassa de Morella, es Prat y la isla den Colom. BOIB  82 de 10 de junio de 2003.</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2003082/mp30.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de 31 de marzo de 2006, del Consell de la Generalitat, por el que se declara Paraje Natural Municipal el enclave denominado la Cova Negra, en el término municipal de Xàtiva. DOGV 5233 de 4 de abril de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/es/eli/es-vc/a/2006/03/21/(1)/</t>
+  </si>
+  <si>
+    <t>Decreto 65/2006, de 12 de mayo, del Consell, por el que se desarrolla el régimen de protección de las cuevas y se aprueba el Catálogo de Cuevas de la Comunitat Valenciana. DOCV 5261, de 18 de mayo de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/es/eli/es-vc/d/2006/05/12/65/</t>
+  </si>
+  <si>
+    <t>Decreto 26/2006, de 07/03/2006, por el que se declara la microrreserva Cueva de los Morciguillos, en el término municipal de Valdetortola, en la provincia de Cuenca. DOCM 53 de 10 de marzo de 2006</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/docm/verDisposicionAntigua.do?ruta=2006/03/10&amp;idDisposicion=123062632507340854</t>
+  </si>
+  <si>
+    <t>Decreto 30/2006, de 14/03/2006, por el que se declara la microrreserva Cueva de los Morceguillos y su zona periferica de protección, en el término municipal de Cuenca, provincia de Cuenca. DOCM 58 de 17 de marzo de 2006</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/docm/verDisposicionAntigua.do?ruta=2006/03/17&amp;idDisposicion=123062637836340214</t>
+  </si>
+  <si>
+    <t>Acuerdo de 10 de marzo de 2006,  del Consell de la Generalitat,  por el que se declara Paraje Natural Municipal el enclave denominado La Torrecilla-Puntal de Navarrete,  en el término municipal de altura. DOGV 5218 de 14 de marzo de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/03/14/pdf/2006_2894.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de 27 de enero de 2006, del Consell de la Generalitat, por el que se declara Paraje Natural Municipal el enclave denominado La Esperanza, en el término municipal de Segorbe. DOGV 5187 de 30 de enero de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/01/30/pdf/2006_1032.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de 3 de marzo de 2006, del Consell de la Generalitat, por el que se declara Paraje Natural Municipal el enclave denominado la Mola d' Ares, en el término municipal de Ares del Maestre. DOGV 5213 de 7 de marzo de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/03/07/pdf/2006_2599.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 18/2006, de 27 de enero, del Consell de la Generalitat, de declaración del Paisaje Protegido de la Ombria del Benicadell. DOCV 5188 de 31 de enero de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/01/31/pdf/2006_1055.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de 24 de febrero de 2006, del Consell de la Generalitat, por el que se declara Paraje Natural Municipal el enclave denominado Parque del Molino del Agua, en el término municipal de Torrevieja. DOGV 5208 de 28 de febrero de 2006.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/02/28/pdf/2006_2310.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 60/2006, de 5 de mayo, del Consell, de declaración del Paisaje Protegido de Les Sorts. DOCV 5254 de 9 de mayo de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/es/eli/es-vc/d/2006/05/05/60/</t>
+  </si>
+  <si>
+    <t>Acuerdo de 3 de febrero de 2006, del Consell de la Generalitat, por el que se Declara Paraje Natural Municipal el enclave denominado les Salines, en el término municipal de Manuel. DOGV 5193 de 7 de febrero de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/02/07/pdf/2006_1340.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de 17 de febrero de 2006, del Consell de la Generalitat, por el que se declara Paraje Natural Municipal el enclave denominado Els Plantadets, en el término municipal de Jijona. DOGV 5203 de 21 de febrero de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/02/21/pdf/2006_1967.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de 20 de enero de 2006, del Consell de la Generalitat, por el que se declara Paraje Natural Municipal el enclave denominado Solana y Barranco Lucía, en el término municipal de alcublas. DOGV 5184 de 25 de enero de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/01/25/pdf/2006_835.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 54/2006, de 21 de abril, del Consell, de declaración del Paisaje Protegido de la Solana del Benicadell. DOGV 5247 , de 27 de abril de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/es/eli/es-vc/d/2006/04/21/54/</t>
+  </si>
+  <si>
+    <t>Acuerdo de 5 de mayo de 2006, del Consell, por el que se declara Paraje Natural Municipal el enclave denominado Serra de Quatretonda, en el término municipal de Quatretonda. DOGV 5255 de 10 de mayo de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/05/10/pdf/2006_5373.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de 10 de febrero de 2006, del Consell de la Generalitat, por el que se declara Paraje Natural Municipal el enclave denominado Serra Perenxisa, en el término municipal de Torrent. DOGV 5198 de 14 de febrero de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/02/14/pdf/2006_1633.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 70/2006, de 19 de mayo, del Consell, de declaración del Parque Natural de la Tinença de Benifassà. DOCV 5265 de 24 de mayo de 2007</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/es/eli/es-vc/d/2006/05/19/70/</t>
+  </si>
+  <si>
+    <t>Decreto 50/2006, de 7 de abril, del consell de la Generalitat, de declaración del Parque Natural de Penyagolosa. DOCV 5239 de 12 de abril de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/es/eli/es-vc/d/2006/04/07/50/</t>
+  </si>
+  <si>
+    <t>Decreto 108/2006, de 21 de julio, del Consell, de declaración del Paisaje Protegido del Puigcampana y el Ponotx. DOCV 5312 de 27 de julio de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/07/27/pdf/2006_9076.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 103/2006, de 14 de julio, del Consell, de declaración del Paisaje Protegido de Sierra de Bernia y Ferrer. DOCV 5305 de 18 de julio de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/07/18/pdf/2006_8589.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 85/2006, de 20/06/2006, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Lagunas de El Longar, altillo Grande y altillo Chica o del Cerrillo situadas en el término municipal de Lillo de la provincia de Toledo y se declara la reserva natural de las lagunas de El Longar, altillo Grande y altillo Chica. DOCM 129, de 23 de junio</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/06/23&amp;idDisposicion=123062720311040683</t>
+  </si>
+  <si>
+    <t>Decreto 84/2006, de 20/06/2006, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Laguna de la albardiosa situada en el término municipal de Lillo de la provincia de Toledo y se declara la reserva natural de la Laguna de la albardiosa. DOCM 129, 23/06/2006.</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/06/23&amp;idDisposicion=123062720323540684</t>
+  </si>
+  <si>
+    <t>Decreto 35/2006, de 28/03/2006, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Laguna de Tirez, en el término municipal de Villacañas de la provincia de Toledo, y se declara la Reserva Natural de Laguna de Tirez. DOCM 68, de 31/03/2006</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/03/31&amp;idDisposicion=123062658957640837</t>
+  </si>
+  <si>
+    <t>Decreto 5/2006, de 10 de enero, por el que se declaran cinco nuevos Árboles Singulares de Extremadura. DOE 7 de 17 de enero de 2006</t>
+  </si>
+  <si>
+    <t>https://doe.juntaex.es/pdfs/doe/2006/70o/06040005.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de 22 de septiembre de 2006, del Consell, por el que se declara Paraje Natural Municipal el enclave denominado Ermitorio de la Magdalena, en el término municipal de Castellón de la Plana.  DOGV 5356 de 28 de septiembre de 2006.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/09/28/pdf/2006_11055.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de 1 de septiembre, del Consell, por el que se declara Paraje Natural Municipal el enclave denominado La Ermita en el término municipal de Castelló de Rugat. DOGV 5339 de 5 de septiembre de 2006.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/09/05/pdf/2006_10175.pdf</t>
+  </si>
+  <si>
+    <t>Acuerdo de 30 de junio de 2006, del Consell, por el que se declara Paraje Natural Municipal el enclave denominado Villingordo, en el término municipal de Siete Aguas. DOGV 5296 de 6 de julio de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/07/06/pdf/2006_7946.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 76/2006, de 4 de abril, por el que se declara el Parque Natural de Aizkorri-Aratz.</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/2006/04/0602070a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 197/2006, de 19 de septiembre, del Gobierno de Aragón, por el que se declaran los monumentos naturales de las Grutas de Cristal de Molinos y del Puente de Fonseca. BOA 114 de 02/10/2006</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=150571652424</t>
+  </si>
+  <si>
+    <t>Decreto 29/2006, de 14/03/2006, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Laguna de la Sal, en el término municipal de Villafranca de los Caballeros, de la provincia de Toledo, y se declara la reserva natural de la laguna de la Sal. DOCM 58, de 17/03/2006.</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/03/17&amp;idDisposicion=123062637822240213</t>
+  </si>
+  <si>
+    <t>Decreto 25/2006 de 07-03-2006, por el que se declara la Microrreserva Cueva de la Judía, en el término municipal de Las Valeras y Hontecillas, provincia de Cuenca. DOCM 53, de 10 de marzo de 2006</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/03/28&amp;idDisposicion=123062649977040628</t>
+  </si>
+  <si>
+    <t>Decreto 121/2006, de 12/12/2006, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Saladar de Cordovilla, en los términos municipales de Tobarra y Hellín de la provincia de Albacete, y se declara la reserva natural del Saladar de Cordovilla. DOCM 260, de 15/12/2006</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/12/15&amp;idDisposicion=123062909317940659</t>
+  </si>
+  <si>
+    <t>Decreto 44/2006, de 25/04/2006, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Laguna de los Ojos de Villaverde, en los Términos Municipales de Robledo, Alcaraz, El Ballestero y El Bonillo de la provincia de Albacete, y se declara la Reserva Natural de la Laguna de los ojos de Villaverde y su zona periférica de protección. DOCM 89, 28 de abril de 2006</t>
+  </si>
+  <si>
+    <t>http://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/04/28&amp;idDisposicion=123062678721340178</t>
+  </si>
+  <si>
+    <t>Decreto 83/2006, de 20/06/2006, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de las Lagunas Grande y Chica de Villafranca de los Caballeros situadas en el término municipal del mismo nombre de la provincia de Toledo y se declara la Reserva Natural de las Lagunas Grande y Chica de Villafranca de los Caballeros. DOCM 129, de 23 de junio de 2006.</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/06/23&amp;idDisposicion=123062720297040682</t>
+  </si>
+  <si>
+    <t>Resolución de 16 de mayo de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, de 3 de abril de 2006, que aprueba definitivamente las Normas de Conservación del Monumento Natural de Los Roques (La Gomera). BOC 105 de 1 de junio de 2006</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/105/007.html</t>
+  </si>
+  <si>
+    <t>Aprobación definitiva del Plan Especial del biotipo protegido de Iñurritza de Zarautz. Acuerdo Consejo de Diputados  DFG. BOG 136 de 18 de julio de 2006</t>
+  </si>
+  <si>
+    <t>https://egoitza.gipuzkoa.eus/gao-bog/castell/bog/2006/07/18/bo060718.pdf#c0607437</t>
+  </si>
+  <si>
+    <t>Circular o instrucción</t>
+  </si>
+  <si>
+    <t>Corrección de Errores al Decreto 99/2006, de 01-08-2006, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Serranía de Cuenca, y se inicia el procedimiento de declaración del Parque Natural de la Sarranía de Cuenca, en los términos municipales de Arcos de la Sierra, Beamud, Cuenca, Huélamo, Las Majadas, Portilla, Tragacete, Uña, Valdemeca, Villalba de la Sierra y Zafrilla, de la provincia de Cuenca. DOCM 210, 11 de octubre, 2006</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/10/11&amp;idDisposicion=123062813168940907</t>
+  </si>
+  <si>
+    <t>Corrección de Errores del Decreto 111/2006, de 30 de mayo, por el que se aprueba la parte Normativa del Plan Rector de uso y gestión del Parque Natural de Urkiola y se Ordena su publicación íntegra. BOPV 188 de 2 de octubre de 2006</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2006/10/0604839a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 124/2006, de 14 de diciembre, por el que se aprueba el I Plan Rector de Uso y Gestión y el Plan de Desarrollo Sostenible del Parque Natural de las Fuentes del Narcea, Degaña e Ibias. BOPA 36, 13/02/2007</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION14/66/1/001U002KNC0002.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 13/2006, de 9 de marzo, por el que se modifica el Anexo I del Decreto 140/1998, de 16 de julio, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de Fuentes Carrionas y Fuente Cobre-Montaña Palentina (Palencia). BOCYL 52, de 15/03/2006</t>
+  </si>
+  <si>
+    <t>https://bocyl.jcyl.es/boletines/2006/03/15/pdf/BOCYL-D-15032006-4.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 134/2006, de 4 de julio, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Sierras de Tejeda, Almijara y Alhama. (BOJA 142, 25/07/2006)</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/142/1</t>
+  </si>
+  <si>
+    <t>Decreto 135/2006, de 4 de julio, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Montes de Málaga. (BOJA 142, 25/07/2006)</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/142/2</t>
+  </si>
+  <si>
+    <t>Decreto 175/2006, de 19 de septiembre, por el que se aprueba el Plan de Ordenación de los recursos naturales del área de Armañón.</t>
+  </si>
+  <si>
+    <t>https://www.euskadi.eus/y22-bopv/es/bopv2/datos/2006/11/0605975a.shtml</t>
+  </si>
+  <si>
+    <t>Decreto 177/2006, de 10 de octubre, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Bahía de Cádiz. (BOJA 207, 25/10/2006)</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/207/d1.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 196/2006, de 7 de noviembre, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Sierra de Huétor. BOJA 229, 27/11/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/229/1</t>
+  </si>
+  <si>
+    <t>Decreto 197/2006, de 7 de noviembre, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Sierra de Andújar. BOJA 229 de 27/11/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/229/3</t>
+  </si>
+  <si>
+    <t>Decreto 198/2006, de 7 de noviembre, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Despeñaperros. BOJA 229, de 27/11/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/229/2</t>
+  </si>
+  <si>
+    <t>Decreto 207/2006, de 28 de noviembre, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Sierra de Cardeña y Montoro. BOJA 243, 19/12/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/243/12</t>
+  </si>
+  <si>
+    <t>Decreto 208/2006, de 28 de noviembre, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Sierra de Hornachuelos. BOJA 243, 19/12/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/243/13</t>
+  </si>
+  <si>
+    <t>Decreto 210/2006, de 28 de noviembre, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Sierra María-Los Vélez. BOJA 234, 19/12/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/243/15</t>
+  </si>
+  <si>
+    <t>Decreto 42/2006, de 7 de febrero, del Gobierno de Aragón, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales de la Laguna de Gallocanta. BOA 22 de 22/02/2006</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=109569283022</t>
+  </si>
+  <si>
+    <t>Decreto 46/2006, de 31 de marzo, del Consell de la Generalitat, por el que se aprueba el Plan Rector de Uso y Gestion del Parque Natural de la Sierra Calderona.  DOC 5233 de 04/04/2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/04/04/pdf/2006_3832.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 48/2006, de 18 de mayo, por el que se aprueban el II Plan Rector de Uso y Gestión y el II Plan de Desarrollo Sostenible del Parque Natural de Redes. BOPA 138 de 16/06/2006</t>
+  </si>
+  <si>
+    <t>https://sede.asturias.es/bopa/disposiciones/repositorio/LEGISLACION11/66/1/001U002H850001.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 49/2006, de 7 de abril, del Consell de la Generalitat, por el que se aprueba el Plan de Ordenación de los Recursos Naturales del Macizo de Penyagolosa. DOGV 5240, de 18/04/2006.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/es/eli/es-vc/d/2006/04/07/49/</t>
+  </si>
+  <si>
+    <t>Decreto 51/2006, de 21 de febrero, del Gobierno de Aragón, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales de los Valles, Fago, Aísa y Borau. BOA 29, de 10/03/06</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=114626415353</t>
+  </si>
+  <si>
+    <t>Decreto 57/2006, de 28 de abril, del Consell, por el que se aprueba el Plan de Ordenación de los Recursos Naturales de la Tinença de Benifassà. DOGV 5252, de 05/05/2006.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/05/05/pdf/2006_5175.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 58/2006, de 1 de julio, por el que se aprueba el plan rector de uso y gestión del Parque Nacional Marítimoterrestre del Archipiélago de Cabrera, para el período 2006-2012. BOIB 97, de 11 de julio de 2006.</t>
+  </si>
+  <si>
+    <t>http://boib.caib.es/pdf/2006097/mp58.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 85/2006 de 4 de abril, del Gobierno de Aragón, por el que se aprueba definitivamente el Plan de Ordenación de los Recursos Naturales del Complejo Lagunar de las Saladas de Chiprana. BOA 45 de 20/04/2006</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=122326004242</t>
+  </si>
+  <si>
+    <t>Decreto 89/2006, de 18 de abril, por el que se aprueba el Plan de Desarrollo Sostenible del Parque Natural Sierra de Grazalema. BOJA 109, 08/06/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/109/2</t>
+  </si>
+  <si>
+    <t>Decreto 90/2006, de 18 de abril, por el que se aprueban el Plan de Ordenación de los Recursos Naturales y el Plan Rector de Uso y Gestión del Parque Natural Sierra de Grazalema. BOJA 114 de 15/06/2006</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2006/114/d2.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 99/2006, de 01/08/2006, por el que se aprueba el Plan de Ordenación de los recursos naturales de la Serranía de Cuenca, y se inicia el procedimiento de declaración del Parque Natural de la Serranía de Cuenca, en los términos municipales de Arcos de la Sierra, Beamud, Cuenca, Huélamo, Las Majadas, Portilla, Tragacete, Uña, Valdemeca, Villalba de la Sierra y Zafrilla, de la provincia de Cuenca. DOCM 159, de 4/08/2006</t>
+  </si>
+  <si>
+    <t>https://docm.jccm.es/portaldocm/verDisposicionAntigua.do?ruta=2006/08/04&amp;idDisposicion=123062750351040852</t>
+  </si>
+  <si>
+    <t>Resolución de 1 de diciembre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 20 de julio de 2006, relativo a la aprobación definitiva del Plan Rector de Uso y Gestión del Parque Natural de Jandía (F-3), término municipal de Pájara (Fuerteventura). BOC 243 de 18 de diciembre de 2006</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/243/011.html</t>
+  </si>
+  <si>
+    <t>Resolución de 10 de noviembre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 20 de julio de 2006, relativo a la Aprobación Definitiva del Plan Rector de Uso y Gestión del Parque Natural de Pilancones (C-10), término municipal de San Bartolomé de Tirajana (Gran Canaria). BOC 226 de 21 de noviembre</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/226/002.html</t>
+  </si>
+  <si>
+    <t>Resolución de 11 de septiembre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 10 de julio de 2006, relativo a la Subsanación de Deficiencias del Acuerdo de la C.O.T.M.A.C. de 6 de octubre de 2003, sobre el Plan Especial del Paisaje Protegido de Pino Santo (C-23), en los términos municipales de Las Palmas de Gran Canaria, Santa Brígida, Teror y Vega de San Mateo. BOC 189 de 27/09/2006</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/189/003.html</t>
+  </si>
+  <si>
+    <t>Resolución de 11 de septiembre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 10 de julio de 2006, relativo al Plan Rector de Uso y Gestión del Parque Natural del Archipiélago Chinijo (L-2), en los términos municipales de Teguise y Haría. Isla de Lanzarote. BOC 185 de 21 de septiembre de 2006</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/185/001.html</t>
+  </si>
+  <si>
+    <t>Resolución de 14 de diciembre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 20 de julio de 2006, relativo a la aprobación definitiva. Plan Especial del Paisaje Protegido de Montaña de Agüimes (C-28), términos municipales de Agüimes e Ingenio (Gran Canaria). BOC 16 de 22 de enero de 2007</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2007/016/006.html</t>
+  </si>
+  <si>
+    <t>Resolución de 9 de enero de 2006, por la que se hace público el Acuerdo de la Co misión de Ordenación del Territorio y Medio Ambiente de Canarias, en sesión de 3 de no viembre de 2005, que aprueba definitivamen te el Plan Director de la Reserva Natural In tegral del Pinar de Garafía (La Palma). Boletín Oficial de Canarias núm. 17, miércoles 25 de enero de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/017/boc-2006-017-006.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 23 de noviembre de 2006 de la Consellería de Territorio y Vivienda por la que se declaran seis reservas de fauna en la Comunitat Valenciana DOGV 5414 de 26 de diciembre de 2006</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/12/26/pdf/2006_14064.pdf</t>
+  </si>
+  <si>
+    <t>Orden de 23 de noviembre de 2006 de la Consellería de Territorio y Vivienda por la que se declaran seis reservas de fauna en la Comunitat Valenciana. DOGV 5414</t>
+  </si>
+  <si>
+    <t>http://www.docv.gva.es/datos/2006/12/26/pdf/2006_14064.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 12 de julio de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, de 22 de junio de 2006, que aprueba definitivamente el Plan Rector de Uso y Gestión del Parque Natural de Las Nieves (La Palma). BOC 141, 21 de Julio de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/141/004.html</t>
+  </si>
+  <si>
+    <t>Resolución de 12 de julio de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, de 19 de junio de 2006, que aprueba definitivamente las Normas de Conservación del Sitio de Interés Científico del Tabaibal del Porís (Tenerife). BOC 148  de 1 de agosto de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/148/010.html</t>
+  </si>
+  <si>
+    <t>Resolución de 12 de julio de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, de 22 de junio de 2006, que aprueba definitivamente las Normas de Conservación del Monumento Natural de la Costa de Hiscaguán (La Palma). BOC 156 de 10 de agosto de 2006</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/156/006.html</t>
+  </si>
+  <si>
+    <t>Resolución de 12 de julio de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, en sesión de 19 de junio de 2006, que aprueba definitivamente las Normas de Conservación del Monumento Natural del Barranco del Cabrito (La Gomera). BOC 161 de 18 de agosto de 2006</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/161/010.html</t>
+  </si>
+  <si>
+    <t>Resolución de 12 de julio de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, en sesión de 19 de junio de 2006, que aprueba definitivamente las Normas de Conservación del Sitio de Interés Científico de Acantilados de alajeró (La Gomera). BOC 161 de 18 de Agosto de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/161/011.html</t>
+  </si>
+  <si>
+    <t>Resolución de 12 de julio de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 22 de junio de 2006, que aprueba definitivamente las Normas de Conservación del Sitio de Interés Científico del Barranco del Agua (La Palma). BOC 219 de 10 de Noviembre de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/219/017.html</t>
+  </si>
+  <si>
+    <t>Resolución de 13 de enero de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, en sesión de 30 de noviembre de 2005, que aprueba definitivamente las Normas de Conservación del Monumento Natural de las Montañas de Ifara y Los Riscos (Tenerife). BOC 17 de 25 de Enero de 2006 .</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/017/008.html</t>
+  </si>
+  <si>
+    <t>Resolución de 14 de diciembre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 20 de julio de 2006, relativo a la Aprobación Definitiva Normas de Conservación del Monumento Natural del Malpaís de la Arena (F-5), término municipal de La Oliva (Fuerteventura). BOC 39 de 22 de Febrero de 2007.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2007/039/004.html</t>
+  </si>
+  <si>
+    <t>Resolución de 16 de mayo de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, de 3 de abril de 2006, que aprueba definitivamente el Plan Rector de Uso y Gestión del Parque Rural de Valle de Gran Rey (La Gomera). BOC 105 de 1 de Junio de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/105/002.html</t>
+  </si>
+  <si>
+    <t>Resolución de 16 de mayo de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, de 3 de abril de 2006, que aprueba definitivamente las Normas de Conservación del Monumento Natural de Barranco del Jorado (La Palma). BOC 107, 5 de Junio de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/107/005.html</t>
+  </si>
+  <si>
+    <t>Resolución de 21 de noviembre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 20 de julio de 2006, relativo a la aprobación definitiva de las Normas de Conservación del Monumento Natural de La Corona (L-4), término municipal de Haría (Lanzarote). BOC 235, 4 de Diciembre de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/235/003.html</t>
+  </si>
+  <si>
+    <t>Resolución de 22 de mayo de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, de 3 de abril de 2006, que aprueba definitivamente el Plan Director de la Reserva Natural Integral de Mencáfete (El Hierro). BOC 107, 5 de junio de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/107/001.html</t>
+  </si>
+  <si>
+    <t>Resolución de 22 de mayo de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, de 3 de abril de 2006, que aprueba definitivamente el Plan Rector de Uso y Gestión del Parque Rural de Frontera (El Hierro). BOC 108, de 6 de junio de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/108/001.html</t>
+  </si>
+  <si>
+    <t>Resolución de 23 de noviembre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 20 de julio de 2006, relativo a la aprobación definitiva del Plan Director de la Reserva Natural Integral de Los Islotes (L-1), término municipal de Teguise (Lanzarote). BOC 236, 5 de Diciembre de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/236/010.html</t>
+  </si>
+  <si>
+    <t>Resolución de 24 de noviembre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 20 de julio de 2006, relativo a la Aprobación Definitiva. Normas de Conservación del Sitio de Interés Científico de Los Jameos (L-11), término municipal de Haría (Lanzarote). BOC 237, 7 de Diciembre de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/237/012.html</t>
+  </si>
+  <si>
+    <t>Resolución de 25 de abril de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 3 de abril de 2006, relativo a la Aprobación Definitiva Normas de Conservación del Sitio de Interés Científico de Juncalillo del Sur (C-32), término municipal de San Bartolomé de Tirajana (Gran Canaria). BOC 89, 10 de Mayo de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/089/007.html</t>
+  </si>
+  <si>
+    <t>Resolución de 25 de octubre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 10 de julio de 2006, relativo a la aprobación definitiva de las Normas de Conservación del Monumento Natural de Arinaga (C-18), término municipal de Agüimes (Gran Canaria). BOC 215, 6 de Noviembre de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/215/003.html</t>
+  </si>
+  <si>
+    <t>Resolución de 26 de diciembre de 2005, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, en sesión de 30 de noviembre de 2005, que aprueba definitivamente las Normas de Conservación del Sitio de Interés Científico de Juan Mayor (La Palma). BOC 41, 28 de febrero de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/041/004.html</t>
+  </si>
+  <si>
+    <t>Resolución de 27 de julio de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, en sesión de 10 de julio de 2006, por el que se aprueban definitivamente las Normas de Conservación del Sitio de Interés Científico de Interián (Tenerife). BOC 171, 1 de Septiembre de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/171/002.html</t>
+  </si>
+  <si>
+    <t>Resolución de 28 de noviembre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 19 de junio de 2006, relativo a la Aprobación Definitiva del Plan Rector de Uso y Gestión del Parque Natural del Islote de Lobos (F-1), término municipal de La Oliva (Fuerteventura). BOC Nº 239, 12 de Diciembre de 2006</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/239/009.html</t>
+  </si>
+  <si>
+    <t>Resolución de 28 de diciembre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 20 de diciembre de 2006, relativo a la Revisión Parcial nº 1 del Plan General de Ordenación de Tejeda (Gran Canaria). BOC 31, 12 de Febrero de 2007</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2007/031/011.html</t>
+  </si>
+  <si>
+    <t>Resolución de 29 de enero de 2007, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, en sesión de 20 de julio de 2006, que aprueba definitivamente las Normas de Conservación del Monumento Natural de la Montaña de Azufre (La Palma). BOC 47, 6 de Marzo de 2007</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2007/047/005.html</t>
+  </si>
+  <si>
+    <t>Resolución de 29 de noviembre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, de 20 de julio de 2006, que aprueba definitivamente el Plan Especial del Paisaje Protegido del Barranco de Las Angustias (La Palma). BOC 241, 14 de diciembre de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/241/005.html</t>
+  </si>
+  <si>
+    <t>Resolución de 29 de noviembre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 20 de julio de 2006, que aprueba definitivamente el Plan Rector de Uso y Gestión del Parque Rural de Teno (Tenerife). BOC 241, 14 de Diciembre de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/241/006.html</t>
+  </si>
+  <si>
+    <t>Resolución de 29 de noviembre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, en sesión de 20 de julio de 2006, que aprueba definitivamente el Plan Especial del Paisaje Protegido de Timijiraque (El Hierro). BOC Nº 242, 15 de Diciembre de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/242/012.html</t>
+  </si>
+  <si>
+    <t>Resolución de 4 de octubre de 2006, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias de 19 de junio de 2006, relativo a la Aprobación Definitiva. Normas de Conservación delMonumento Natural de los Cuchillos de Vigán (F-8), términos municipales de Antigua y Tuineje (Fuerteventura). BOC 202, 17 de Octubre de 2006.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2006/202/005.html</t>
+  </si>
+  <si>
+    <t>Resolución de 7 de febrero de 2007, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias, en sesión de 20 de julio de 2006, que aprueba definitivamente el Plan Rector de Uso y Gestión del Parque Rural de Anaga (Tenerife). BOC 47, 6 de marzo de 2007.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2007/047/006.html</t>
+  </si>
+  <si>
+    <t>Resolución de 7 de febrero de 2008, por la que se hace público el Acuerdo de la Comisión de Ordenación del Territorio y Medio Ambiente de Canarias en sesión celebrada el 20 de julio de 2006, relativo a la aprobación definitiva de las Normas de Conservación del Monumento Natural de Los Volcanes de Teneguía, término municipal de Fuencaliente (La Palma). BOC 36, 19 de febrero de 2008.</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2008/036/001.html</t>
+  </si>
+  <si>
+    <t>Resolución de la Dirección General de la red de espacios naturales protegidos y servicios ambientales, de 26 de septiembre de 2006, por la que se aprueba el Programa de Uso Público del Parque Natural Bahía de Cádiz</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/medioambiente/web/Bloques_Tematicos/Patrimonio_Natural._Uso_Y_Gestion/Espacios_Protegidos/PUP/Programas_de_Uso_Publico_aprobados/bahia_de_cadiz/pup_bahia_de_cadiz_2.pdf</t>
+  </si>
+  <si>
+    <t>Resolución MAH/2222/2006, de 21 de junio, por la que se hace público el Acuerdo del Gobierno de 6 de junio de 2006, por el que se aprueba definitivamente el Plano especial de delimitación definitiva y de protección del medio natural y del paisaje de Castell-Cap Roig. DOGC 4669, de 5/07/2006</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=406280</t>
+  </si>
+  <si>
+    <t>Resolución MAH/2339/2006, de 27 de junio, por la que se hace público el Acuerdo del Gobierno de 6 de junio de 2006, por el que se aprueba definitivamente el Plan especial de delimitación definitiva y de protección del medio natural y del paisaje de Les Gavarres. BOGC 4677 de 17/07/2006</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=403875</t>
+  </si>
+  <si>
+    <t>Resolución MAH/2618/2006, de 28 de julio, por la que se hace público el Acuerdo del Gobierno de 20 de junio de 2006, por el que se aprueba definitivamente el Plan especial de protección del medio natural y del paisaje del parque natural de Cap de Creus. DOGC 4692</t>
+  </si>
+  <si>
+    <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=402366</t>
+  </si>
+  <si>
+    <t>Decreto 1/2006, de 10 de enero, del Gobierno  de Aragón, por el que se modifica el Plan de  Ordenación de los Recursos Naturales del Parque  Natural de Posets-Maladeta y su Area de Influen_x0002_cia Socio-económica, aprobado por Decreto 148/2005, de 26 de julio, del Gobierno de Aragón. BOA 5, 16/01/2006</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=100994473737</t>
+  </si>
+  <si>
+    <t>Plan de gestión del espacio Red Natura "Cueva de La Judía", ES4230009</t>
+  </si>
+  <si>
+    <t>http://www.castillalamancha.es/node/189327</t>
+  </si>
+  <si>
+    <t>Plan de gestión del espacio Red Natura "Cueva de los Morciguillos", ES4230010</t>
+  </si>
+  <si>
+    <t>http://www.castillalamancha.es/node/189325</t>
+  </si>
+  <si>
+    <t>Decreto 183/2006, de 12 de diciembre, por el que se aprueba el Plan de Recuperación del Guirre ("Neophron Percnopterus").</t>
+  </si>
+  <si>
+    <t>http://www.gobiernodecanarias.org/boc/2006/248/004.html</t>
+  </si>
+  <si>
+    <t>Decreto Foral de 117/2006, de 19 de junio, por el que se aprueba el Plan de Gestión de Ranunculus amplexicaulis L., en el Territorio Histórico de Bizkaia, como especie en peligro de extinción y cuya protección exige medidas específicas.</t>
+  </si>
+  <si>
+    <t>http://www.bizkaia.eus/lehendakaritza/Bao_bob/2006/07/20060706a129.pdf?hash=01e8a12f6a8eebadbc06437c74381523&amp;idioma=CA</t>
+  </si>
+  <si>
+    <t>Decreto Foral  de la Diputación Foral 112/2006, de 19 de junio, por el que se aprueba el plan de gestión del ave , como especie rara y cuya protección exige medidas específicas. (BOB nº 129, 06.07.2006)</t>
+  </si>
+  <si>
+    <t>http://www.bizkaia.eus/lehendakaritza/Bao_bob/2006/07/20060706a129.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 146/2006, de 24 de octubre, por el que se aprueba definitavemente el Plan de Recuperación del Lagarto Gigante de La Gomera (Gallotia bravoana). (BO Canarias nº 211, 30.10.2006)</t>
+  </si>
+  <si>
+    <t>http://www.gobiernodecanarias.org/boc/2006/211/boc-2006-211-011.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 167/2006, de 14 de noviembre, por el que se aprueba el Plan de Recuperación del Cardo de Plata ("Stemmacantha cynaroides") y de la Jarilla de Cumbre ("Helianthemum juliae"). (BO Canarias nº 234, 1.12.2006)</t>
+  </si>
+  <si>
+    <t>http://www.gobiernodecanarias.org/boc/2006/234/boc-2006-234-006.pdf</t>
+  </si>
+  <si>
+    <t>Decreto 127/2006, de 9 de mayo, del gobierno de Aragón, por el que se establece un régimen de protección para el cangrejo de río común, Austropomobius pallipes, y se aprueba el Plan de Recuperación.(BOA nº60, 29.05.2006)</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=129444783939&amp;type=pdf</t>
+  </si>
+  <si>
+    <t>Decreto 170/2006, de 21 de noviembre, por el que se aprueba el Plan de Recuperación del Pico de Fuego ("Lotus pyranthus") y del Picocernícalo ("Lotus eremiticus")(BO Canarias nº 237, 7.12.2006)</t>
+  </si>
+  <si>
+    <t>http://www.gobiernodecanarias.org/boc/2006/237/boc-2006-237-011.pdf</t>
+  </si>
+  <si>
+    <t>Orden Foral 434/2006, de 19 de mayo, por la que se aprueba el Plan de Gestión del ave "Quebrantahuesos (Gypaetus barbatus)" en el Territorio Histórico de Álava. (BOTHA nº 63, 07.06.2006)</t>
+  </si>
+  <si>
+    <t>https://www.araba.eus/botha/Busquedas/Resultado.aspx?File=Boletines/2006/063/2006_063_03441_C.xml&amp;hl=</t>
+  </si>
+  <si>
+    <t>Decreto Foral de 114/2006, de 19 de junio de 2006, por el que se aprueba el Plan de Gestión de Eriophorum vaginatum L., como especie en peligro de extinción y cuya protección exige medidas específicas, en el Territorio Histórico de Bizkaia.</t>
+  </si>
+  <si>
+    <t>https://www.bizkaia.eus/lehendakaritza/Bao_bob/2006/07/20060706a129.pdf</t>
+  </si>
+  <si>
+    <t>Decreto Foral de 113/2006, de 19 de junio, por el que se aprueba el Plan de Gestión de Diphasiastrum alpinum (L.) J. Holub., en el Territorio Histórico de Bizkaia, como especie en peligro de extinción y cuya protección exige medidas específicas.</t>
+  </si>
+  <si>
+    <t>Orden de 10 septiembre de 2009, por la que se modifica el ámbito de aplicación del plan de recuperación del cangrejo de río común, Austropotamobius pallipes, aprobado por el Decreto 127/2006, de 9 de mayo, del Gobierno de Aragón.</t>
+  </si>
+  <si>
+    <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=438628975050</t>
+  </si>
+  <si>
+    <t>Decreto Foral de 118/2006, de 19 de junio, por el que se aprueba el Plan de Gestión del Visón Europeo, en el Territorio Histórico de Bizkaia, como especie en peligro de extinción y cuya protección exige medidas específicas.</t>
+  </si>
+  <si>
+    <t>http://www.bizkaia.eus/lehendakaritza/Bao_bob/2006/07/20060706a129.pdf?hash=4f088761585c55cd9179d71f9a56536b&amp;idioma=CA</t>
+  </si>
+  <si>
+    <t>Decreto Foral de la Diputación Foral 116/2006, de 19 de junio  por el que se aprueba el Plan de gestión del ave , como especie rara y cuya protección exige medidas específicas. (BOB nº 129, 06.07.2006)</t>
+  </si>
+  <si>
+    <t>https://gardentasuna.bizkaia.eus/documents/1261696/4898028/02+20+DF+116-2006.pdf/fd6ba23b-7e6e-b65e-2cf1-5414cbc5dab6?t=1572260311607</t>
+  </si>
+  <si>
+    <t>Decreto 83/2006, de 23 de noviembre, por el que se aprueba el Plan de Conservación del Águila Perdicera en Castilla y León. (BOCyL nº 230, 29,11,2006)</t>
+  </si>
+  <si>
+    <t>Decreto 151/2006, de 6 de octubre, del Consell de modificación del Consell, de la modificación del Decreto 265/2004, de 3 de diciembre del Consell, por le que se aprueó el Plan de Recuperación del Samaruc en La Comunidad Valenciana.</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/portal/va/eli/es-vc/d/2006/10/06/151/spa</t>
+  </si>
+  <si>
+    <t>Decreto 180/2006, de 12 de diciembre, por el que se aprueba el Plan de Conservación del Hábitat de la Cuernúa (Caralluma burchardii).  (BO Canarias nº 246, 21.12.2006)</t>
+  </si>
+  <si>
+    <t>http://www.gobiernodecanarias.org/boc/2006/246/boc-2006-246-010.pdf</t>
+  </si>
+  <si>
+    <t>Decreto Foral 115/2006, de 19 de junio, por el que se aprueba el Plan de Gestión de Genista legionensis (Pau) M. Laínz., en el Territorio Histórico de Bizkaia, como especie en peligro de extinción y cuya protección exige medidas específicas.</t>
+  </si>
+  <si>
+    <t>http://www.bizkaia.eus/lehendakaritza/Bao_bob/2006/07/20060706a129.pdf?hash=f09b603cdcf7788310ecf224bd661247&amp;idioma=CA</t>
+  </si>
+  <si>
+    <t>Decreto 82/2006, de 9 de junio, del Consell, por le que se aprueba el Plande Recuperación del Murciélago Ratonero Patudo y del Murciélago Mediano de Herradura en la Comunidad Valenciana. (DOGV nº 5.279, 13.06.2006)</t>
+  </si>
+  <si>
+    <t>https://dogv.gva.es/datos/2006/06/13/pdf/2006_7015.pdf</t>
+  </si>
+  <si>
+    <t>Resolución de 24 de octubre de 2006, por la que se hace público el Acuerdo del Gobierno de Canarias de 17 de octubre de 2006, relativo a la Propuesta de Acuerdo por el que se procede a la aprobación de la Propuesta de nuevas áreas para su designación como zonas de especial protección para las aves (ZEPA).</t>
+  </si>
+  <si>
+    <t>http://www.gobiernodecanarias.org/boc/2006/226/027.html</t>
   </si>
   <si>
     <t>Canarias</t>
-  </si>
-[...781 lines deleted...]
-    <t>https://dogv.gva.es/datos/2006/06/13/pdf/2006_7015.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1564,4246 +1579,4084 @@
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2"/>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2">
         <v>2006</v>
       </c>
       <c r="G2"/>
-      <c r="H2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B3" t="s">
         <v>10</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3"/>
+      <c r="D3"/>
+      <c r="E3" t="s">
         <v>11</v>
       </c>
-      <c r="C3"/>
-      <c r="D3" t="s">
+      <c r="F3">
+        <v>2006</v>
+      </c>
+      <c r="G3" t="s">
         <v>12</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>13</v>
       </c>
-      <c r="F3">
-[...5 lines deleted...]
-      <c r="H3"/>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C4"/>
       <c r="D4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" t="s">
         <v>17</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4">
         <v>2006</v>
       </c>
-      <c r="G4"/>
-      <c r="H4" t="s">
+      <c r="G4" t="s">
         <v>18</v>
       </c>
+      <c r="H4"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5"/>
       <c r="D5" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F5">
         <v>2006</v>
       </c>
       <c r="G5"/>
       <c r="H5" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F6">
         <v>2006</v>
       </c>
       <c r="G6"/>
       <c r="H6" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F7">
         <v>2006</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F8">
         <v>2006</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F9">
         <v>2006</v>
       </c>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F10">
         <v>2006</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F11">
         <v>2006</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F12">
         <v>2006</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B13" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
+        <v>21</v>
+      </c>
+      <c r="E13" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F13">
         <v>2006</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B14" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F14">
         <v>2006</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B15" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
+        <v>21</v>
+      </c>
+      <c r="E15" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F15">
         <v>2006</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B16" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
+        <v>21</v>
+      </c>
+      <c r="E16" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F16">
         <v>2006</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B17" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
+        <v>21</v>
+      </c>
+      <c r="E17" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F17">
         <v>2006</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B18" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
+        <v>21</v>
+      </c>
+      <c r="E18" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F18">
         <v>2006</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B19" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F19">
         <v>2006</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F20">
         <v>2006</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="C21" t="s">
         <v>61</v>
       </c>
+      <c r="C21"/>
       <c r="D21" t="s">
+        <v>21</v>
+      </c>
+      <c r="E21" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21">
+        <v>2006</v>
+      </c>
+      <c r="G21"/>
+      <c r="H21" t="s">
         <v>62</v>
       </c>
-      <c r="E21" t="s">
-[...8 lines deleted...]
-      <c r="H21"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>63</v>
+      </c>
+      <c r="B22" t="s">
         <v>64</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>65</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>66</v>
       </c>
-      <c r="D22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F22">
         <v>2006</v>
       </c>
-      <c r="G22"/>
+      <c r="G22" t="s">
+        <v>18</v>
+      </c>
       <c r="H22" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>68</v>
       </c>
       <c r="B23" t="s">
         <v>69</v>
       </c>
       <c r="C23" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E23" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F23">
         <v>2006</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B24" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C24" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E24" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F24">
         <v>2006</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B25" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C25" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D25" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E25" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F25">
         <v>2006</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B26" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C26" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D26" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E26" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F26">
         <v>2006</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B27" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C27" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D27" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E27" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F27">
         <v>2006</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C28" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="D28" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E28" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F28">
         <v>2006</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E29" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F29">
         <v>2006</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B30" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C30" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D30" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E30" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F30">
         <v>2006</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B31" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C31" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D31" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E31" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F31">
         <v>2006</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B32" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C32" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D32" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E32" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F32">
         <v>2006</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B33" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C33" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D33" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E33" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F33">
         <v>2006</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B34" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C34" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D34" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E34" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F34">
         <v>2006</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B35" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C35" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D35" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E35" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F35">
         <v>2006</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B36" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C36" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D36" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E36" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F36">
         <v>2006</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B37" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C37" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D37" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E37" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F37">
         <v>2006</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B38" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C38" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D38" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E38" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F38">
         <v>2006</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B39" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C39" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D39" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E39" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F39">
         <v>2006</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B40" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C40" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D40" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E40" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F40">
         <v>2006</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B41" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C41" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D41" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E41" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F41">
         <v>2006</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B42" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C42" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="D42" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E42" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F42">
         <v>2006</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>110</v>
+        <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B43" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C43" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D43" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E43" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F43">
         <v>2006</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B44" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C44" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D44" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E44" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F44">
         <v>2006</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B45" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C45" t="s">
-        <v>117</v>
+        <v>85</v>
       </c>
       <c r="D45" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="E45" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F45">
         <v>2006</v>
       </c>
-      <c r="G45" t="s">
-[...2 lines deleted...]
-      <c r="H45"/>
+      <c r="G45"/>
+      <c r="H45" t="s">
+        <v>114</v>
+      </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B46" t="s">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="C46" t="s">
-        <v>61</v>
+        <v>121</v>
       </c>
       <c r="D46" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="E46" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F46">
         <v>2006</v>
       </c>
       <c r="G46" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B47" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C47" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D47" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E47" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F47">
         <v>2006</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B48" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C48" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D48" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E48" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F48">
         <v>2006</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="B49" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="C49" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D49" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E49" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F49">
         <v>2006</v>
       </c>
       <c r="G49"/>
-      <c r="H49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H49"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="B50" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="C50" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D50" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E50" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F50">
         <v>2006</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>9</v>
+        <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="B51" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C51" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D51" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E51" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F51">
         <v>2006</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>9</v>
+        <v>133</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="B52" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="C52" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="D52" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E52" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F52">
         <v>2006</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>130</v>
+        <v>51</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B53" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C53" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D53" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E53" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F53">
         <v>2006</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B54" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C54" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D54" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E54" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F54">
         <v>2006</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="B55" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C55" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="D55" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E55" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F55">
         <v>2006</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B56" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C56" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D56" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E56" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F56">
         <v>2006</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>32</v>
+        <v>76</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B57" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C57" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="D57" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E57" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F57">
         <v>2006</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B58" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C58" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D58" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E58" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F58">
         <v>2006</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="B59" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C59" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D59" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E59" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F59">
         <v>2006</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B60" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C60" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D60" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E60" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F60">
         <v>2006</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B61" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C61" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D61" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E61" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F61">
         <v>2006</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B62" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C62" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D62" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E62" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F62">
         <v>2006</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B63" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C63" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="D63" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E63" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F63">
         <v>2006</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="B64" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C64" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D64" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E64" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F64">
         <v>2006</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="B65" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C65" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="D65" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E65" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F65">
         <v>2006</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="B66" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C66" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D66" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E66" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F66">
         <v>2006</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B67" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="C67" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D67" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E67" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F67">
         <v>2006</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="B68" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="C68" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D68" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E68" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F68">
         <v>2006</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="B69" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C69" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="D69" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E69" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F69">
         <v>2006</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="B70" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="C70" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D70" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E70" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F70">
         <v>2006</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="B71" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C71" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D71" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E71" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F71">
         <v>2006</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B72" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C72" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="D72" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E72" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F72">
         <v>2006</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B73" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C73" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D73" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E73" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F73">
         <v>2006</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B74" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C74" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D74" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E74" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F74">
         <v>2006</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B75" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C75" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D75" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E75" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F75">
         <v>2006</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>177</v>
+        <v>92</v>
       </c>
       <c r="B76" t="s">
-        <v>178</v>
+        <v>93</v>
       </c>
       <c r="C76" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D76" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E76" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F76">
         <v>2006</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>88</v>
+        <v>182</v>
       </c>
       <c r="B77" t="s">
-        <v>89</v>
+        <v>183</v>
       </c>
       <c r="C77" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D77" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E77" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F77">
         <v>2006</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B78" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C78" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D78" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E78" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F78">
         <v>2006</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B79" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C79" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D79" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E79" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F79">
         <v>2006</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="B80" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="C80" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D80" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E80" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F80">
         <v>2006</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B81" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C81" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D81" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E81" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F81">
         <v>2006</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="B82" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="C82" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D82" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E82" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F82">
         <v>2006</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B83" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="C83" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D83" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E83" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F83">
         <v>2006</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="B84" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C84" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="D84" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E84" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F84">
         <v>2006</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="B85" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="C85" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D85" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E85" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F85">
         <v>2006</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B86" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C86" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D86" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E86" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F86">
         <v>2006</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="B87" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C87" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D87" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E87" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F87">
         <v>2006</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="B88" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="C88" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D88" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E88" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F88">
         <v>2006</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B89" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C89" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D89" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E89" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F89">
         <v>2006</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="B90" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C90" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D90" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E90" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F90">
         <v>2006</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="B91" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="C91" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D91" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E91" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F91">
         <v>2006</v>
       </c>
       <c r="G91"/>
-      <c r="H91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H91"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="B92" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C92" t="s">
-        <v>61</v>
+        <v>214</v>
       </c>
       <c r="D92" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E92" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F92">
         <v>2006</v>
       </c>
       <c r="G92"/>
-      <c r="H92" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="B93" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="C93" t="s">
-        <v>211</v>
+        <v>70</v>
       </c>
       <c r="D93" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E93" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F93">
         <v>2006</v>
       </c>
       <c r="G93"/>
-      <c r="H93" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="B94" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="C94" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D94" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E94" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F94">
         <v>2006</v>
       </c>
       <c r="G94"/>
-      <c r="H94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="B95" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="C95" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D95" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E95" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F95">
         <v>2006</v>
       </c>
       <c r="G95"/>
-      <c r="H95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H95"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="B96" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="C96" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D96" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E96" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F96">
         <v>2006</v>
       </c>
       <c r="G96"/>
-      <c r="H96" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="B97" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="C97" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D97" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E97" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F97">
         <v>2006</v>
       </c>
       <c r="G97"/>
-      <c r="H97" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="B98" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="C98" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D98" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E98" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F98">
         <v>2006</v>
       </c>
       <c r="G98"/>
-      <c r="H98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B99" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="C99" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D99" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E99" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F99">
         <v>2006</v>
       </c>
       <c r="G99"/>
-      <c r="H99" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B100" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C100" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D100" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E100" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F100">
         <v>2006</v>
       </c>
       <c r="G100"/>
-      <c r="H100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="B101" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C101" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D101" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E101" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F101">
         <v>2006</v>
       </c>
       <c r="G101"/>
-      <c r="H101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="B102" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C102" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D102" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E102" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F102">
         <v>2006</v>
       </c>
       <c r="G102"/>
-      <c r="H102" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H102"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B103" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C103" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D103" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E103" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F103">
         <v>2006</v>
       </c>
       <c r="G103"/>
-      <c r="H103" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="B104" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C104" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D104" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E104" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F104">
         <v>2006</v>
       </c>
       <c r="G104"/>
-      <c r="H104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B105" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C105" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D105" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E105" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F105">
         <v>2006</v>
       </c>
       <c r="G105"/>
-      <c r="H105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="B106" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C106" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D106" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E106" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F106">
         <v>2006</v>
       </c>
       <c r="G106"/>
-      <c r="H106" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B107" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C107" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D107" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E107" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F107">
         <v>2006</v>
       </c>
       <c r="G107"/>
-      <c r="H107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H107"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="B108" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="C108" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D108" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E108" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F108">
         <v>2006</v>
       </c>
       <c r="G108"/>
-      <c r="H108" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H108"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B109" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="C109" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D109" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E109" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F109">
         <v>2006</v>
       </c>
       <c r="G109"/>
-      <c r="H109" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H109"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B110" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="C110" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D110" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E110" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F110">
         <v>2006</v>
       </c>
       <c r="G110"/>
-      <c r="H110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="B111" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C111" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D111" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E111" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F111">
         <v>2006</v>
       </c>
       <c r="G111"/>
-      <c r="H111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B112" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C112" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D112" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E112" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F112">
         <v>2006</v>
       </c>
       <c r="G112"/>
-      <c r="H112" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H112"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="B113" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="C113" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D113" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E113" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F113">
         <v>2006</v>
       </c>
       <c r="G113"/>
-      <c r="H113" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H113"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="B114" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="C114" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D114" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E114" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F114">
         <v>2006</v>
       </c>
       <c r="G114"/>
-      <c r="H114" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="B115" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="C115" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D115" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E115" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F115">
         <v>2006</v>
       </c>
       <c r="G115"/>
-      <c r="H115" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H115"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="B116" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C116" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D116" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E116" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F116">
         <v>2006</v>
       </c>
       <c r="G116"/>
-      <c r="H116" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H116"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="B117" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="C117" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D117" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E117" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F117">
         <v>2006</v>
       </c>
       <c r="G117"/>
-      <c r="H117" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="B118" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C118" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D118" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E118" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F118">
         <v>2006</v>
       </c>
       <c r="G118"/>
-      <c r="H118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="B119" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C119" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D119" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E119" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F119">
         <v>2006</v>
       </c>
       <c r="G119"/>
-      <c r="H119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="B120" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C120" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D120" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E120" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F120">
         <v>2006</v>
       </c>
       <c r="G120"/>
-      <c r="H120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B121" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C121" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D121" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E121" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F121">
         <v>2006</v>
       </c>
       <c r="G121"/>
-      <c r="H121" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="B122" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C122" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D122" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E122" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F122">
         <v>2006</v>
       </c>
       <c r="G122"/>
-      <c r="H122" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H122"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B123" t="s">
-        <v>272</v>
-[...6 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="C123"/>
+      <c r="D123"/>
       <c r="E123" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F123">
         <v>2006</v>
       </c>
       <c r="G123"/>
-      <c r="H123" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H123"/>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="B124" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-      <c r="D124"/>
+        <v>278</v>
+      </c>
+      <c r="C124" t="s">
+        <v>85</v>
+      </c>
+      <c r="D124" t="s">
+        <v>71</v>
+      </c>
       <c r="E124" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F124">
         <v>2006</v>
       </c>
       <c r="G124"/>
-      <c r="H124" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H124"/>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="B125" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C125" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D125" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E125" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F125">
         <v>2006</v>
       </c>
       <c r="G125"/>
-      <c r="H125" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H125"/>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="B126" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="C126" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="D126" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E126" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F126">
         <v>2006</v>
       </c>
       <c r="G126"/>
-      <c r="H126" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H126"/>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="B127" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C127" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D127" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E127" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F127">
         <v>2006</v>
       </c>
       <c r="G127"/>
-      <c r="H127" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H127"/>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="B128" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C128" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D128" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E128" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F128">
         <v>2006</v>
       </c>
       <c r="G128"/>
-      <c r="H128" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H128"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="B129" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C129" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D129" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E129" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F129">
         <v>2006</v>
       </c>
       <c r="G129"/>
-      <c r="H129" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H129"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="B130" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="C130" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D130" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E130" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F130">
         <v>2006</v>
       </c>
       <c r="G130"/>
-      <c r="H130" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H130"/>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B131" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C131" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D131" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E131" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F131">
         <v>2006</v>
       </c>
       <c r="G131"/>
-      <c r="H131" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H131"/>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="B132" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C132" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D132" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E132" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F132">
         <v>2006</v>
       </c>
       <c r="G132"/>
-      <c r="H132" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H132"/>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B133" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="C133" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D133" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E133" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F133">
         <v>2006</v>
       </c>
       <c r="G133"/>
-      <c r="H133" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H133"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B134" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="C134" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D134" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E134" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F134">
         <v>2006</v>
       </c>
       <c r="G134"/>
-      <c r="H134" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H134"/>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="B135" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C135" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D135" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E135" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F135">
         <v>2006</v>
       </c>
       <c r="G135"/>
-      <c r="H135" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H135"/>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="B136" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C136" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D136" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E136" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F136">
         <v>2006</v>
       </c>
       <c r="G136"/>
-      <c r="H136" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H136"/>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="B137" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="C137" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D137" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E137" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F137">
         <v>2006</v>
       </c>
       <c r="G137"/>
-      <c r="H137" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H137"/>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="B138" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C138" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D138" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E138" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F138">
         <v>2006</v>
       </c>
       <c r="G138"/>
-      <c r="H138" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H138"/>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B139" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C139" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D139" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E139" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F139">
         <v>2006</v>
       </c>
       <c r="G139"/>
-      <c r="H139" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H139"/>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="B140" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="C140" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D140" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E140" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F140">
         <v>2006</v>
       </c>
       <c r="G140"/>
-      <c r="H140" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H140"/>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B141" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C141" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D141" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E141" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F141">
         <v>2006</v>
       </c>
       <c r="G141"/>
-      <c r="H141" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H141"/>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="B142" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="C142" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D142" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E142" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F142">
         <v>2006</v>
       </c>
       <c r="G142"/>
-      <c r="H142" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H142"/>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="B143" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="C143" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D143" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E143" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F143">
         <v>2006</v>
       </c>
       <c r="G143"/>
-      <c r="H143" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H143"/>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="B144" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C144" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D144" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E144" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F144">
         <v>2006</v>
       </c>
       <c r="G144"/>
-      <c r="H144" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H144"/>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B145" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="C145" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D145" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E145" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F145">
         <v>2006</v>
       </c>
       <c r="G145"/>
-      <c r="H145" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H145"/>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B146" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C146" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D146" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E146" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F146">
         <v>2006</v>
       </c>
       <c r="G146"/>
-      <c r="H146" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H146"/>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="B147" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C147" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D147" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E147" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F147">
         <v>2006</v>
       </c>
       <c r="G147"/>
-      <c r="H147" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H147"/>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="B148" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="C148" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D148" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E148" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F148">
         <v>2006</v>
       </c>
       <c r="G148"/>
-      <c r="H148" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H148"/>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="B149" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C149" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D149" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E149" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F149">
         <v>2006</v>
       </c>
       <c r="G149"/>
-      <c r="H149" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H149"/>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="B150" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="C150" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D150" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E150" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F150">
         <v>2006</v>
       </c>
       <c r="G150"/>
-      <c r="H150" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H150"/>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B151" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C151" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D151" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E151" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F151">
         <v>2006</v>
       </c>
       <c r="G151"/>
-      <c r="H151" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H151"/>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B152" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C152" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D152" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E152" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F152">
         <v>2006</v>
       </c>
       <c r="G152"/>
-      <c r="H152" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H152"/>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="B153" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C153" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D153" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E153" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F153">
         <v>2006</v>
       </c>
       <c r="G153"/>
-      <c r="H153" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H153"/>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="B154" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C154" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D154" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E154" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F154">
         <v>2006</v>
       </c>
       <c r="G154"/>
-      <c r="H154" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H154"/>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B155" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C155" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D155" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E155" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F155">
         <v>2006</v>
       </c>
       <c r="G155"/>
-      <c r="H155" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H155"/>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B156" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C156" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D156" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E156" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F156">
         <v>2006</v>
       </c>
       <c r="G156"/>
-      <c r="H156" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H156"/>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B157" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="C157" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D157" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E157" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F157">
         <v>2006</v>
       </c>
       <c r="G157"/>
-      <c r="H157" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H157"/>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="B158" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="C158" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="D158" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E158" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F158">
         <v>2006</v>
       </c>
       <c r="G158"/>
-      <c r="H158" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H158"/>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="B159" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="C159" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D159" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E159" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F159">
         <v>2006</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B160" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C160" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D160" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E160" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F160">
         <v>2006</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="B161" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C161" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D161" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E161" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F161">
         <v>2006</v>
       </c>
       <c r="G161"/>
-      <c r="H161" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H161"/>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B162" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C162" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D162" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E162" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F162">
         <v>2006</v>
       </c>
       <c r="G162"/>
       <c r="H162"/>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B163" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="C163" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D163" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E163" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F163">
         <v>2006</v>
       </c>
       <c r="G163"/>
       <c r="H163"/>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="B164" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="C164" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D164" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E164" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F164">
         <v>2006</v>
       </c>
       <c r="G164"/>
       <c r="H164"/>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="B165" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C165" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D165" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E165" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F165">
         <v>2006</v>
       </c>
       <c r="G165"/>
-      <c r="H165" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H165"/>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B166" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C166" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D166" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E166" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F166">
         <v>2006</v>
       </c>
       <c r="G166"/>
       <c r="H166"/>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B167" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="C167" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D167" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E167" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F167">
         <v>2006</v>
       </c>
       <c r="G167"/>
-      <c r="H167" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H167"/>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="B168" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="C168" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="D168" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E168" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F168">
         <v>2006</v>
       </c>
       <c r="G168"/>
       <c r="H168"/>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B169" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C169" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="D169" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E169" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F169">
         <v>2006</v>
       </c>
       <c r="G169"/>
       <c r="H169"/>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B170" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C170" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D170" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E170" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F170">
         <v>2006</v>
       </c>
       <c r="G170"/>
-      <c r="H170" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H170"/>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="B171" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C171" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="D171" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E171" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F171">
         <v>2006</v>
       </c>
       <c r="G171"/>
-      <c r="H171" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H171"/>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="B172" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="C172" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="D172" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E172" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F172">
         <v>2006</v>
       </c>
       <c r="G172"/>
-      <c r="H172" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H172"/>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="B173" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="C173" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D173" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E173" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F173">
         <v>2006</v>
       </c>
       <c r="G173"/>
-      <c r="H173" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H173"/>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="B174" t="s">
-        <v>373</v>
+        <v>73</v>
       </c>
       <c r="C174" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D174" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E174" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F174">
         <v>2006</v>
       </c>
       <c r="G174"/>
-      <c r="H174" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H174"/>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B175" t="s">
-        <v>69</v>
+        <v>378</v>
       </c>
       <c r="C175" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D175" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E175" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F175">
         <v>2006</v>
       </c>
       <c r="G175"/>
-      <c r="H175" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H175"/>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="B176" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="C176" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D176" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E176" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F176">
         <v>2006</v>
       </c>
       <c r="G176"/>
-      <c r="H176" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H176"/>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="B177" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="C177" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D177" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E177" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F177">
         <v>2006</v>
       </c>
       <c r="G177"/>
       <c r="H177"/>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="B178" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="C178" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D178" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E178" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F178">
         <v>2006</v>
       </c>
       <c r="G178"/>
-      <c r="H178" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H178"/>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="B179" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="C179" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D179" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E179" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F179">
         <v>2006</v>
       </c>
       <c r="G179"/>
       <c r="H179" t="s">
-        <v>222</v>
+        <v>387</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">