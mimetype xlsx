--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -68,54 +68,54 @@
   <si>
     <t>Decreto 31/2014, de 14 de febrero, del Consell, por el que se declara zona especial de conservación el lugar de importancia comunitaria algepsars de Finestrat y se aprueba su Norma de gestión. http://www.docv.gva.es/datos/2014/02/18/pdf/2014_1359.pdf</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 127/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río del Oro (ES1200053) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21961&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 295 del martes 23 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 130/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Turbera de La Molina (ES1200044) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=23/12/2014&amp;refArticulo=2014-21967&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 153/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación alcornocales del Navia (ES1200036) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos vinculados a alcornocales de los concejos de allande, Illano y Pesoz.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22540&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 165/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Ría de Ribadesella-Ría de Tinamayor (ES0000319) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Ribadesella y Tinamayor.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22565&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22567&amp;i18n.http.lang=esBoletín Nº 6 del viernes 9 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSCorrección de error habido en la publicación de “Decreto 164/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cueva Rosa (ES1200007) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos de Cueva Rosa (Ribadesella)” (Boletín Oficial del Principado de Asturias número 3, de 5 de enero de 2015).Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=09/01/2015&amp;refArticulo=2015-00183&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Acuerdo de Gobierno 150/2014, de 4 de noviembre  http://portaldogc.gencat.cat/utilsEADOP/PDF/6744/1379474.pdf</t>
   </si>
   <si>
+    <t>Cataluña</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cataluña</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 157/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Cuencas Mineras (ES1200039) y se aprueba el I Instrumento de Gestión Integrado de los espacios protegidos en los concejos de Laviana, Mieres, San Martín del Rey Aurelio y Langreo.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22554&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 131/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Porcía (ES1200024) y se aprueba su I Instrumento de Gestión. Boletín Nº 295 del martes 23 de diciembre de 2014.</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 136/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Cuenca del alto Narcea (ES1200050) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21956&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 156/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Río Cares-Deva (ES1200035) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los Ríos Cares y Deva.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22552&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 170/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Yacimientos de icnitas (ES1200047) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero ligado a los Yacimientos de Icnitas.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22546&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 297 del viernes 26 de diciembre de 2014DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 140/2014, de 17 de diciembre, por el que se declara la Zona Especial de Conservación Río Purón (ES1200034) y se aprueba su I Instrumento de Gestión.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=26/12/2014&amp;refArticulo=2014-21964&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 3 del lunes 5 de enero de 2015DISPOSICIONES GENERalESCONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOSDecreto 162/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Redes (ES 1200008) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en los concejos de Caso y Sobrescobio.Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=05/01/2015&amp;refArticulo=2014-22568&amp;i18n.http.lang=es</t>
   </si>
   <si>
     <t>Boletín Nº 2 del sábado 3 de enero de 2015 DISPOSICIONES GENERalES CONSEJERÍA DE AGROGANADERÍA Y RECURSOS AUTÓCTONOS Decreto 160/2014, de 29 de diciembre, por el que se declara la Zona Especial de Conservación Penarronda-Barayo (ES0000317) y se aprueba el I Instrumento de Gestión Integrado de diversos espacios protegidos en el tramo costero entre Penarronda y Barayo. Link: https://sede.asturias.es/portal/site/Asturias/menuitem.1003733838db7342ebc4e191100000f7/?vgnextoid=d7d79d16b61ee010VgnVCM1000000100007fRCRD&amp;fecha=03/01/2015&amp;refArticulo=2014-22564&amp;i18n.http.lang=es"</t>
   </si>
@@ -3110,51 +3110,51 @@
       <c r="H52" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>94</v>
       </c>
       <c r="B53" t="s">
         <v>95</v>
       </c>
       <c r="C53" t="s">
         <v>96</v>
       </c>
       <c r="D53" t="s">
         <v>97</v>
       </c>
       <c r="E53" t="s">
         <v>98</v>
       </c>
       <c r="F53">
         <v>2014</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>99</v>
       </c>
       <c r="B54" t="s">
         <v>100</v>
       </c>
       <c r="C54" t="s">
         <v>101</v>
       </c>
       <c r="D54" t="s">
         <v>97</v>
       </c>
       <c r="E54" t="s">
         <v>98</v>
       </c>
       <c r="F54">
         <v>2014</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>102</v>
       </c>
@@ -3206,51 +3206,51 @@
       <c r="H56" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>108</v>
       </c>
       <c r="B57" t="s">
         <v>109</v>
       </c>
       <c r="C57" t="s">
         <v>110</v>
       </c>
       <c r="D57" t="s">
         <v>97</v>
       </c>
       <c r="E57" t="s">
         <v>98</v>
       </c>
       <c r="F57">
         <v>2014</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>111</v>
       </c>
       <c r="B58" t="s">
         <v>112</v>
       </c>
       <c r="C58" t="s">
         <v>96</v>
       </c>
       <c r="D58" t="s">
         <v>97</v>
       </c>
       <c r="E58" t="s">
         <v>98</v>
       </c>
       <c r="F58">
         <v>2014</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>11</v>
       </c>
@@ -3302,51 +3302,51 @@
       <c r="H60" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>115</v>
       </c>
       <c r="B61" t="s">
         <v>116</v>
       </c>
       <c r="C61" t="s">
         <v>96</v>
       </c>
       <c r="D61" t="s">
         <v>97</v>
       </c>
       <c r="E61" t="s">
         <v>98</v>
       </c>
       <c r="F61">
         <v>2014</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>118</v>
       </c>
       <c r="B62" t="s">
         <v>119</v>
       </c>
       <c r="C62" t="s">
         <v>96</v>
       </c>
       <c r="D62" t="s">
         <v>97</v>
       </c>
       <c r="E62" t="s">
         <v>98</v>
       </c>
       <c r="F62">
         <v>2014</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
         <v>117</v>
       </c>
@@ -3374,51 +3374,51 @@
       <c r="H63" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>120</v>
       </c>
       <c r="B64" t="s">
         <v>121</v>
       </c>
       <c r="C64" t="s">
         <v>96</v>
       </c>
       <c r="D64" t="s">
         <v>97</v>
       </c>
       <c r="E64" t="s">
         <v>98</v>
       </c>
       <c r="F64">
         <v>2014</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>122</v>
       </c>
       <c r="B65" t="s">
         <v>123</v>
       </c>
       <c r="C65" t="s">
         <v>96</v>
       </c>
       <c r="D65" t="s">
         <v>97</v>
       </c>
       <c r="E65" t="s">
         <v>98</v>
       </c>
       <c r="F65">
         <v>2014</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>9</v>
       </c>
@@ -4672,51 +4672,51 @@
       <c r="H117" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>231</v>
       </c>
       <c r="B118" t="s">
         <v>232</v>
       </c>
       <c r="C118" t="s">
         <v>96</v>
       </c>
       <c r="D118" t="s">
         <v>97</v>
       </c>
       <c r="E118" t="s">
         <v>98</v>
       </c>
       <c r="F118">
         <v>2014</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>233</v>
       </c>
       <c r="B119" t="s">
         <v>234</v>
       </c>
       <c r="C119" t="s">
         <v>96</v>
       </c>
       <c r="D119" t="s">
         <v>97</v>
       </c>
       <c r="E119" t="s">
         <v>98</v>
       </c>
       <c r="F119">
         <v>2014</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>105</v>
       </c>
@@ -5456,75 +5456,75 @@
       <c r="H150" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>298</v>
       </c>
       <c r="B151" t="s">
         <v>299</v>
       </c>
       <c r="C151" t="s">
         <v>110</v>
       </c>
       <c r="D151" t="s">
         <v>97</v>
       </c>
       <c r="E151" t="s">
         <v>98</v>
       </c>
       <c r="F151">
         <v>2014</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>298</v>
       </c>
       <c r="B152" t="s">
         <v>299</v>
       </c>
       <c r="C152" t="s">
         <v>110</v>
       </c>
       <c r="D152" t="s">
         <v>97</v>
       </c>
       <c r="E152" t="s">
         <v>98</v>
       </c>
       <c r="F152">
         <v>2014</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>300</v>
       </c>
       <c r="B153" t="s">
         <v>301</v>
       </c>
       <c r="C153" t="s">
         <v>96</v>
       </c>
       <c r="D153" t="s">
         <v>97</v>
       </c>
       <c r="E153" t="s">
         <v>98</v>
       </c>
       <c r="F153">
         <v>2014</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>9</v>
       </c>
@@ -6554,51 +6554,51 @@
       <c r="H197" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>400</v>
       </c>
       <c r="B198" t="s">
         <v>401</v>
       </c>
       <c r="C198" t="s">
         <v>110</v>
       </c>
       <c r="D198" t="s">
         <v>97</v>
       </c>
       <c r="E198" t="s">
         <v>98</v>
       </c>
       <c r="F198">
         <v>2005</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>402</v>
       </c>
       <c r="B199" t="s">
         <v>403</v>
       </c>
       <c r="C199" t="s">
         <v>96</v>
       </c>
       <c r="D199" t="s">
         <v>97</v>
       </c>
       <c r="E199" t="s">
         <v>98</v>
       </c>
       <c r="F199">
         <v>2005</v>
       </c>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>360</v>
       </c>
@@ -7394,75 +7394,75 @@
       <c r="H232" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>468</v>
       </c>
       <c r="B233" t="s">
         <v>469</v>
       </c>
       <c r="C233" t="s">
         <v>110</v>
       </c>
       <c r="D233" t="s">
         <v>97</v>
       </c>
       <c r="E233" t="s">
         <v>98</v>
       </c>
       <c r="F233">
         <v>2005</v>
       </c>
       <c r="G233"/>
       <c r="H233" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>470</v>
       </c>
       <c r="B234" t="s">
         <v>471</v>
       </c>
       <c r="C234" t="s">
         <v>96</v>
       </c>
       <c r="D234" t="s">
         <v>97</v>
       </c>
       <c r="E234" t="s">
         <v>98</v>
       </c>
       <c r="F234">
         <v>2005</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>472</v>
       </c>
       <c r="B235" t="s">
         <v>473</v>
       </c>
       <c r="C235" t="s">
         <v>96</v>
       </c>
       <c r="D235" t="s">
         <v>97</v>
       </c>
       <c r="E235" t="s">
         <v>98</v>
       </c>
       <c r="F235">
         <v>2005</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
         <v>350</v>
       </c>
@@ -7682,51 +7682,51 @@
       <c r="H244" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>492</v>
       </c>
       <c r="B245" t="s">
         <v>493</v>
       </c>
       <c r="C245" t="s">
         <v>96</v>
       </c>
       <c r="D245" t="s">
         <v>97</v>
       </c>
       <c r="E245" t="s">
         <v>98</v>
       </c>
       <c r="F245">
         <v>2005</v>
       </c>
       <c r="G245"/>
       <c r="H245" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>494</v>
       </c>
       <c r="B246" t="s">
         <v>495</v>
       </c>
       <c r="C246" t="s">
         <v>96</v>
       </c>
       <c r="D246" t="s">
         <v>97</v>
       </c>
       <c r="E246" t="s">
         <v>98</v>
       </c>
       <c r="F246">
         <v>2005</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
         <v>11</v>
       </c>
@@ -7850,75 +7850,75 @@
       <c r="H251" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>506</v>
       </c>
       <c r="B252" t="s">
         <v>507</v>
       </c>
       <c r="C252" t="s">
         <v>110</v>
       </c>
       <c r="D252" t="s">
         <v>97</v>
       </c>
       <c r="E252" t="s">
         <v>98</v>
       </c>
       <c r="F252">
         <v>2005</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>508</v>
       </c>
       <c r="B253" t="s">
         <v>509</v>
       </c>
       <c r="C253" t="s">
         <v>110</v>
       </c>
       <c r="D253" t="s">
         <v>97</v>
       </c>
       <c r="E253" t="s">
         <v>98</v>
       </c>
       <c r="F253">
         <v>2005</v>
       </c>
       <c r="G253"/>
       <c r="H253" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>510</v>
       </c>
       <c r="B254" t="s">
         <v>511</v>
       </c>
       <c r="C254" t="s">
         <v>101</v>
       </c>
       <c r="D254" t="s">
         <v>97</v>
       </c>
       <c r="E254" t="s">
         <v>98</v>
       </c>
       <c r="F254">
         <v>2005</v>
       </c>
       <c r="G254"/>
       <c r="H254" t="s">
         <v>360</v>
       </c>
@@ -7970,507 +7970,507 @@
       <c r="H256" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>516</v>
       </c>
       <c r="B257" t="s">
         <v>517</v>
       </c>
       <c r="C257" t="s">
         <v>110</v>
       </c>
       <c r="D257" t="s">
         <v>97</v>
       </c>
       <c r="E257" t="s">
         <v>98</v>
       </c>
       <c r="F257">
         <v>2005</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>518</v>
       </c>
       <c r="B258" t="s">
         <v>519</v>
       </c>
       <c r="C258" t="s">
         <v>110</v>
       </c>
       <c r="D258" t="s">
         <v>97</v>
       </c>
       <c r="E258" t="s">
         <v>98</v>
       </c>
       <c r="F258">
         <v>2005</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>520</v>
       </c>
       <c r="B259" t="s">
         <v>521</v>
       </c>
       <c r="C259" t="s">
         <v>110</v>
       </c>
       <c r="D259" t="s">
         <v>97</v>
       </c>
       <c r="E259" t="s">
         <v>98</v>
       </c>
       <c r="F259">
         <v>2005</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>522</v>
       </c>
       <c r="B260" t="s">
         <v>523</v>
       </c>
       <c r="C260" t="s">
         <v>110</v>
       </c>
       <c r="D260" t="s">
         <v>97</v>
       </c>
       <c r="E260" t="s">
         <v>98</v>
       </c>
       <c r="F260">
         <v>2005</v>
       </c>
       <c r="G260" t="s">
         <v>128</v>
       </c>
       <c r="H260"/>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>524</v>
       </c>
       <c r="B261" t="s">
         <v>525</v>
       </c>
       <c r="C261" t="s">
         <v>110</v>
       </c>
       <c r="D261" t="s">
         <v>97</v>
       </c>
       <c r="E261" t="s">
         <v>98</v>
       </c>
       <c r="F261">
         <v>2005</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>526</v>
       </c>
       <c r="B262" t="s">
         <v>527</v>
       </c>
       <c r="C262" t="s">
         <v>110</v>
       </c>
       <c r="D262" t="s">
         <v>97</v>
       </c>
       <c r="E262" t="s">
         <v>98</v>
       </c>
       <c r="F262">
         <v>2005</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>528</v>
       </c>
       <c r="B263" t="s">
         <v>529</v>
       </c>
       <c r="C263" t="s">
         <v>110</v>
       </c>
       <c r="D263" t="s">
         <v>97</v>
       </c>
       <c r="E263" t="s">
         <v>98</v>
       </c>
       <c r="F263">
         <v>2005</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>530</v>
       </c>
       <c r="B264" t="s">
         <v>531</v>
       </c>
       <c r="C264" t="s">
         <v>110</v>
       </c>
       <c r="D264" t="s">
         <v>97</v>
       </c>
       <c r="E264" t="s">
         <v>98</v>
       </c>
       <c r="F264">
         <v>2005</v>
       </c>
       <c r="G264"/>
       <c r="H264" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>532</v>
       </c>
       <c r="B265" t="s">
         <v>533</v>
       </c>
       <c r="C265" t="s">
         <v>110</v>
       </c>
       <c r="D265" t="s">
         <v>97</v>
       </c>
       <c r="E265" t="s">
         <v>98</v>
       </c>
       <c r="F265">
         <v>2005</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>534</v>
       </c>
       <c r="B266" t="s">
         <v>535</v>
       </c>
       <c r="C266" t="s">
         <v>110</v>
       </c>
       <c r="D266" t="s">
         <v>97</v>
       </c>
       <c r="E266" t="s">
         <v>98</v>
       </c>
       <c r="F266">
         <v>2005</v>
       </c>
       <c r="G266"/>
       <c r="H266" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>536</v>
       </c>
       <c r="B267" t="s">
         <v>537</v>
       </c>
       <c r="C267" t="s">
         <v>110</v>
       </c>
       <c r="D267" t="s">
         <v>97</v>
       </c>
       <c r="E267" t="s">
         <v>98</v>
       </c>
       <c r="F267">
         <v>2005</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>538</v>
       </c>
       <c r="B268" t="s">
         <v>539</v>
       </c>
       <c r="C268" t="s">
         <v>110</v>
       </c>
       <c r="D268" t="s">
         <v>97</v>
       </c>
       <c r="E268" t="s">
         <v>98</v>
       </c>
       <c r="F268">
         <v>2005</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>540</v>
       </c>
       <c r="B269" t="s">
         <v>541</v>
       </c>
       <c r="C269" t="s">
         <v>110</v>
       </c>
       <c r="D269" t="s">
         <v>97</v>
       </c>
       <c r="E269" t="s">
         <v>98</v>
       </c>
       <c r="F269">
         <v>2005</v>
       </c>
       <c r="G269"/>
       <c r="H269" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>542</v>
       </c>
       <c r="B270" t="s">
         <v>543</v>
       </c>
       <c r="C270" t="s">
         <v>110</v>
       </c>
       <c r="D270" t="s">
         <v>97</v>
       </c>
       <c r="E270" t="s">
         <v>98</v>
       </c>
       <c r="F270">
         <v>2005</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>544</v>
       </c>
       <c r="B271" t="s">
         <v>545</v>
       </c>
       <c r="C271" t="s">
         <v>110</v>
       </c>
       <c r="D271" t="s">
         <v>97</v>
       </c>
       <c r="E271" t="s">
         <v>98</v>
       </c>
       <c r="F271">
         <v>2005</v>
       </c>
       <c r="G271"/>
       <c r="H271" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>546</v>
       </c>
       <c r="B272" t="s">
         <v>547</v>
       </c>
       <c r="C272" t="s">
         <v>110</v>
       </c>
       <c r="D272" t="s">
         <v>97</v>
       </c>
       <c r="E272" t="s">
         <v>98</v>
       </c>
       <c r="F272">
         <v>2005</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>548</v>
       </c>
       <c r="B273" t="s">
         <v>549</v>
       </c>
       <c r="C273" t="s">
         <v>110</v>
       </c>
       <c r="D273" t="s">
         <v>97</v>
       </c>
       <c r="E273" t="s">
         <v>98</v>
       </c>
       <c r="F273">
         <v>2005</v>
       </c>
       <c r="G273"/>
       <c r="H273" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>550</v>
       </c>
       <c r="B274" t="s">
         <v>551</v>
       </c>
       <c r="C274" t="s">
         <v>110</v>
       </c>
       <c r="D274" t="s">
         <v>97</v>
       </c>
       <c r="E274" t="s">
         <v>98</v>
       </c>
       <c r="F274">
         <v>2005</v>
       </c>
       <c r="G274"/>
       <c r="H274" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>552</v>
       </c>
       <c r="B275" t="s">
         <v>553</v>
       </c>
       <c r="C275" t="s">
         <v>110</v>
       </c>
       <c r="D275" t="s">
         <v>97</v>
       </c>
       <c r="E275" t="s">
         <v>98</v>
       </c>
       <c r="F275">
         <v>2005</v>
       </c>
       <c r="G275"/>
       <c r="H275" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>554</v>
       </c>
       <c r="B276" t="s">
         <v>555</v>
       </c>
       <c r="C276" t="s">
         <v>110</v>
       </c>
       <c r="D276" t="s">
         <v>97</v>
       </c>
       <c r="E276" t="s">
         <v>98</v>
       </c>
       <c r="F276">
         <v>2005</v>
       </c>
       <c r="G276"/>
       <c r="H276" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>556</v>
       </c>
       <c r="B277" t="s">
         <v>557</v>
       </c>
       <c r="C277" t="s">
         <v>110</v>
       </c>
       <c r="D277" t="s">
         <v>97</v>
       </c>
       <c r="E277" t="s">
         <v>98</v>
       </c>
       <c r="F277">
         <v>2005</v>
       </c>
       <c r="G277"/>
       <c r="H277" t="s">
         <v>288</v>
       </c>