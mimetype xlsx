--- v0 (2025-10-24)
+++ v1 (2026-02-03)
@@ -131,134 +131,128 @@
   <si>
     <t>https://www.boe.es/eli/es-ri/l/2003/03/26/4</t>
   </si>
   <si>
     <t>Ley 2/2003, de 28 de marzo, por la que se declara la Sierra de El Carche como Parque Regional. BORM  86, de 14 de abril de 2003</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-mc/l/2003/03/28/2</t>
   </si>
   <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>Ley 7/2003, de 12 de noviembre, de Caza y Pesca Fluvial de la Región de Murcia. (BOE nº 47, 24-02-04)</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-mc/l/2003/11/12/7</t>
   </si>
   <si>
     <t>Disposición transitoria séptima de la Ley 18/2003, de 29 de diciembre, por la que se aprueban medidas fiscales y administrativas</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-an/l/2003/12/29/18</t>
   </si>
   <si>
+    <t>Ley del Principado de Asturias 4/2003, de 24 de marzo, de declaración del Parque Natural de Ponga. BOPA 78 de 3 de abril de 2003</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-as/l/2003/03/24/4</t>
+  </si>
+  <si>
+    <t>Principado de Asturias</t>
+  </si>
+  <si>
+    <t>Ley 4/2003, de 26 de marzo, de Conservación de Espacios Naturales de La Rioja. BOR 39 de 1 de abril de 2003</t>
+  </si>
+  <si>
+    <t>Ley 25/2003, de 4 de julio, que declara paraje natural de interés nacional la finca Pinya de Rosa, en el término municipal de Blanes. DOGC 3925 de 15 de julio de 2003</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-ct/l/2003/07/04/25</t>
+  </si>
+  <si>
+    <t>Ley 5/2003, de 27 de febrero, por la que se declara el Parque Natural del Barranco del Río Dulce. BOE 129, de 30 de mayo de 2003</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-cm/l/2003/02/27/5</t>
+  </si>
+  <si>
+    <t>Ley 3/2003, de 25 de junio, de declaración del Paraje Natural de Alborán.BOJA 133 de 14 de julio de 2003</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-an/l/2003/06/25/3</t>
+  </si>
+  <si>
+    <t>Ley 10/2003, de 26 de marzo, de modificación de la Ley del Parque Regional de la Cuenca alta del Manzanares y de la Junta Rectora del Parque Natural de la Cumbre, Circo y Lagunas de Peñalara. BOCM 79 de 3 de abril de 2003.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-md/l/2003/03/26/10</t>
+  </si>
+  <si>
+    <t>Ley 62/2003, de 30 de diciembre, de medidas fiscales, administrativas y del Orden social. BOE 313 de 31 de diciembre de 2003</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/l/2003/12/30/62</t>
+  </si>
+  <si>
+    <t>Ley 7/2003, de 20 de marzo, de modificación de la Ley 6/1994, de 28 de junio, de Creación del Parque Regional en torno a los ejes de los cursos bajos de los ríos Manzanares y Jarama. BOE 128, de 29 de mayo de 2003</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-md/l/2003/03/20/7</t>
+  </si>
+  <si>
+    <t>Ley Foral 33/2003, de 10 de diciembre, de Redelimitación de la Reserva Natural de Larra y su Zona Periférica de Protección. BON 159 de 17 de diciembre de 2003</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es-nc/lf/2003/12/10/33</t>
+  </si>
+  <si>
+    <t>Decreto 95/2003, de 8 de abril, por el que se regula la Red de Espacios Naturales Protegidos de Andalucía y su Registro</t>
+  </si>
+  <si>
+    <t>https://www.juntadeandalucia.es/boja/2003/79/7</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>Autonómico</t>
+  </si>
+  <si>
+    <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
+  </si>
+  <si>
+    <t>Decreto 42/2003, de 7 de abril, por el que se aprueba el Reglamento de la Ley 7/1998, de 6 de julio, de Caza de Canarias. BOC 81 de 29 de Abril de 2003</t>
+  </si>
+  <si>
+    <t>https://www.gobiernodecanarias.org/boc/2003/081/002.html</t>
+  </si>
+  <si>
     <t>Canarias</t>
   </si>
   <si>
-    <t>Ley del Principado de Asturias 4/2003, de 24 de marzo, de declaración del Parque Natural de Ponga. BOPA 78 de 3 de abril de 2003</t>
-[...79 lines deleted...]
-  <si>
     <t>Plan Regional de Educación Ambiental (aprobado en marzo de 2003 por Consejo de Gobierno)</t>
   </si>
   <si>
     <t>https://www.castillalamancha.es/gobierno/desarrollosostenible/actuaciones/plan-regional-de-educaci%C3%B3n-ambiental</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Decreto 33/2003, de 25 de marzo, por el que se modifica el Decreto 141/1996, de 9 de diciembre, por el que se aprueba el Reglamento general de aplicación de la Ley 2/1993, de 15 de julio, de caza de Castilla-La Mancha. DOCM 61 de 30/04/2003</t>
   </si>
   <si>
     <t>http://docm.jccm.es/docm/eli/es-cm/d/2003/03/25/33</t>
   </si>
   <si>
     <t>Decreto 129/2003, de 6 de noviembre, por el que se establecen Normas sobre la financiación de actividades a realizar en las Zonas de Influencia Socioeconómica de las Reservas Regionales de Caza y de los Espacios Naturales Protegidos. (BOCyL 220 de 12-11-2003)</t>
   </si>
   <si>
     <t>http://www.jcyl.es/web/jcyl/binarios/394/625/Decreto%20129-2003.pdf?blobheader=application%2Fpdf%3Bcharset%3DUTF-8&amp;blobheadername1=Cache-Control&amp;blobheadername2=Expires&amp;blobheadername3=Site&amp;blobheadervalue1=no-store%2Cno-cache%2Cmust-revalidate&amp;blobheader</t>
   </si>
   <si>
     <t>Castilla y León</t>
   </si>
   <si>
     <t>Decreto 63/2003, de 22 de mayo, por el que se regula el Catálogo de Especímenes Vegetales de singular relevancia de Castilla y León y se establece su régimen de protección. BOCyL 100, de 28 de mayo de 2003</t>
@@ -365,50 +359,59 @@
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Decreto 50/2003, de 30 de mayo por el que se crea el Catálogo Regional de Flora Silvestre Protegida de la Región de Murcia y se dictan Normas para el aprovechamiento de diversas especies forestales. BORM 131, 10 de junio de 2003</t>
   </si>
   <si>
     <t>Orden MAM/1653/2003, de 10 de junio, por la que se incluye al cangrejo de río en el Catálogo Nacional de especies amenazadas y se reclasifica y excluye de dicho Catálogo, respectivamente, al milano real de las Islas Baleares y a la culebra viperina de estas mismas islas.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2003/06/10/mam1653</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Decreto 23/2003, de 21 de enero, por el que se incluye el espacio Castell-Cap Roig en el Plan de espacios de interés natural, aprobado por el Decreto 328/1992, de 14 de diciembre, y se modifican los límites del espacio Muntanyes de Begur. DOGC 3810 de 29/01/2003</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=306962</t>
   </si>
   <si>
+    <t>Resolución de 18 de diciembre de 2002,de la Dirección General de Conservación de la Naturaleza, por la que se dispone la publicación del Acuerdo de Consejo de Ministros de 15 de noviembre de 2002, por el que se autoriza la inclusión en la lista del Convenio de Ramsar de 2 de febrero de 1971, relativo a humedales de importancia internacional especialmente como Hábitat de Aves Acuáticas, de las siguientes zonas húmedas españolas: Lago de Banyoles, Laguna de El Hito,Lagunas de Puebla de Beleña y Complejo Lagunar de La albuera. BOE 14, de 16 de enero de 2003</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/diario_boe/txt.php?id=BOE-A-2003-989</t>
+  </si>
+  <si>
+    <t>AGE</t>
+  </si>
+  <si>
     <t>Acuerdo de Gobierno de la Generalitat de Catalunya de 21 de enero de 2003, por el que se designan diversas ZEPA en el sector estepario de Cataluña</t>
   </si>
   <si>
     <t>https://natura2000.eea.europa.eu/Natura2000/SDF.aspx?site=ES0000478</t>
   </si>
   <si>
     <t>Acuerdo del Consejo de la Xunta de Galicia de 19 de junio de 2003.</t>
   </si>
   <si>
     <t>https://www.boe.es/buscar/doc.php?id=BOE-A-2007-21490</t>
   </si>
   <si>
     <t>Galicia</t>
   </si>
   <si>
     <t>Acuerdo de 29 de enero de 2003, , del Consejo de Gobierno del Principado de Asturias, por el que se aprueba definitivamente la modificación puntual del Plan Parcial del Polígono Industrial "Río Pinto" en Coaña. (Expte. CUOTA: 809/2002). BOPA 47 de 26 de febrero de 2003</t>
   </si>
   <si>
     <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2003-1226004&amp;p_r_p_dispositionReference=2003-1226004&amp;p_r_p_dispositionDate=26%2F02%2F2003</t>
   </si>
   <si>
     <t>Decreto 16/2003, de 13 de marzo, por el que se declara monumento natural Los Meandros del Nora (Oviedo y Las Regueras). BOPA 75 de 31 de marzo de 2003</t>
   </si>
   <si>
     <t>https://sede.asturias.es/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2003-1331002&amp;p_r_p_dispositionReference=2003-1331002&amp;p_r_p_dispositionDate=31%2F03%2F2003</t>
@@ -882,53 +885,50 @@
     <t>https://dogc.gencat.cat/es/document-del-dogc/?documentId=319377</t>
   </si>
   <si>
     <t>Con fecha 12 de enero de 1990, el Embajador de España ante las Comunidades Europeas envía al Director General de medio Ambiente, Seguridad Nuclear y Protección Civil la 2ª relación de ZEPAs en la que se incluye la Ría de Ribadeo (envío desde REPER el 11/01/1990) Por Acuerdo del Consejo de Gobierno del Principado de Asturias de 29 de enero de 2003 se aprueba la ampliación de ZEPAs preexistentes, entre las que se encuentra la Ría de Ribadeo que pasa a llamarse en este documento oficial Ría del Eo.</t>
   </si>
   <si>
     <t>https://natura2000.eea.europa.eu/Natura2000/SDF.aspx?site=ES1200016</t>
   </si>
   <si>
     <t>Plan de gestión del espacio Red Natura "Túneles del Ojailén", ES4220018</t>
   </si>
   <si>
     <t>http://www.castillalamancha.es/node/189329</t>
   </si>
   <si>
     <t>Plan de gestión del espacio Red Natura "Cueva de La Canaleja", ES4240013</t>
   </si>
   <si>
     <t>http://www.castillalamancha.es/node/189032</t>
   </si>
   <si>
     <t>Resolución de 3 de Julio de 2003, de la Conserjería de Medio Ambiente, por la que se aprueba el Catálogo de áreas Críticas para el oso pardo en el Principado de Asturias y se delimitan las zonas de mayor calidad de su hábitat. (BOPA nº 171,24.07.2003)</t>
   </si>
   <si>
     <t>https://sede.asturias.es/ast/bopa-disposiciones?p_p_id=pa_sede_bopa_web_portlet_SedeBopaDispositionWeb&amp;p_p_lifecycle=0&amp;_pa_sede_bopa_web_portlet_SedeBopaDispositionWeb_mvcRenderCommandName=%2Fdisposition%2Fdetail&amp;p_r_p_dispositionText=2003-1724005&amp;p_r_p_dispositionReference=2003-1724005&amp;p_r_p_dispositionDate=24%2F07%2F2003</t>
-  </si>
-[...1 lines deleted...]
-    <t>AGE</t>
   </si>
   <si>
     <t>Decreto 36/2003, de 14 de mayo, por el que se aprueba el Plan de Conservación del Hábitat del Urogallo (Tetrao urogallus) en el Principado de Asturias. (BOPA nº 124, de 30.05.2003)</t>
   </si>
   <si>
     <t>https://sede.asturias.es/ast/bopa-sumario?p_p_id=pa_sede_bopa_web_portlet_SedeBopaSummaryWeb&amp;p_p_lifecycle=0&amp;p_p_state=normal&amp;p_p_mode=view&amp;_pa_sede_bopa_web_portlet_SedeBopaSummaryWeb_mvcRenderCommandName=%2F&amp;p_r_p_summaryDate=30%2F05%2F2003&amp;p_r_p_summaryLastBopa=false</t>
   </si>
   <si>
     <t>Decreto 275/2003, de 9 de septiembre, por el que se aprueba el plan de conservación del buitre negro (Aegypius monachus). (DOCM nº 131, 12.9.2003)</t>
   </si>
   <si>
     <t>https://www.castillalamancha.es/sites/default/files/documentos/20120511/buitrenegro.pdf</t>
   </si>
   <si>
     <t>Orden Foral 180/2003, de 1 de abril, por la que se aprueba el Plan de Gestión del Visón Europeo Mustela lutreola (Linnaeus, 1761) en el territorio Histórico de Álava. (BOTHA nº 51, 05.05.2003)</t>
   </si>
   <si>
     <t>https://www.araba.eus/botha/Busquedas/Resultado.aspx?File=Boletines/2003/051/2003_051_02834_C.xml&amp;hl=</t>
   </si>
   <si>
     <t>Decreto 93/2003, de 29 de abril, del Gobierno de Aragón, por el que se establece un régimen de protección para el Al-arba, Krascheninnikovia ceratoides (L.) gueldenst. y se aprueba el Plan de Conservación (BOA nº 61, 21.05.2003)</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=385834415353&amp;type=pdf</t>
   </si>
@@ -1295,66 +1295,66 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H142"/>
+  <dimension ref="A1:H141"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="590.999" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="661.696" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="383.335" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1550,3178 +1550,3074 @@
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>37</v>
       </c>
       <c r="B11" t="s">
         <v>38</v>
       </c>
       <c r="C11"/>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>18</v>
       </c>
       <c r="F11">
         <v>2003</v>
       </c>
       <c r="G11"/>
       <c r="H11" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C12"/>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>18</v>
       </c>
       <c r="F12">
         <v>2003</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B13" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="C13"/>
       <c r="D13" t="s">
         <v>22</v>
       </c>
       <c r="E13" t="s">
         <v>18</v>
       </c>
       <c r="F13">
         <v>2003</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>43</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="C14"/>
       <c r="D14" t="s">
         <v>22</v>
       </c>
       <c r="E14" t="s">
         <v>18</v>
       </c>
       <c r="F14">
         <v>2003</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C15"/>
       <c r="D15" t="s">
         <v>22</v>
       </c>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15">
         <v>2003</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C16"/>
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16">
         <v>2003</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C17"/>
       <c r="D17" t="s">
         <v>22</v>
       </c>
       <c r="E17" t="s">
         <v>18</v>
       </c>
       <c r="F17">
         <v>2003</v>
       </c>
       <c r="G17"/>
-      <c r="H17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H17"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18"/>
       <c r="D18" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18">
         <v>2003</v>
       </c>
-      <c r="G18"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G18" t="s">
+        <v>19</v>
+      </c>
+      <c r="H18"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>53</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19"/>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="E19" t="s">
         <v>18</v>
       </c>
       <c r="F19">
         <v>2003</v>
       </c>
-      <c r="G19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G19"/>
       <c r="H19"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>55</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20"/>
       <c r="D20" t="s">
         <v>22</v>
       </c>
       <c r="E20" t="s">
         <v>18</v>
       </c>
       <c r="F20">
         <v>2003</v>
       </c>
       <c r="G20"/>
-      <c r="H20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H20"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>57</v>
       </c>
       <c r="B21" t="s">
         <v>58</v>
       </c>
-      <c r="C21"/>
+      <c r="C21" t="s">
+        <v>59</v>
+      </c>
       <c r="D21" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>61</v>
       </c>
       <c r="F21">
         <v>2003</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>59</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D22" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E22" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F22">
         <v>2003</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>65</v>
       </c>
       <c r="B23" t="s">
         <v>66</v>
       </c>
       <c r="C23" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E23" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F23">
         <v>2003</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="D24" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E24" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F24">
         <v>2003</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>70</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D25" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E25" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F25">
         <v>2003</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>26</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D26" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E26" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F26">
         <v>2003</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>75</v>
       </c>
       <c r="B27" t="s">
         <v>76</v>
       </c>
       <c r="C27" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D27" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E27" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F27">
         <v>2003</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>77</v>
       </c>
       <c r="B28" t="s">
         <v>78</v>
       </c>
       <c r="C28" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D28" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E28" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F28">
         <v>2003</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>79</v>
       </c>
       <c r="B29" t="s">
         <v>80</v>
       </c>
       <c r="C29" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D29" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E29" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F29">
         <v>2003</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B30" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C30" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="D30" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E30" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F30">
         <v>2003</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B31" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C31" t="s">
-        <v>86</v>
+        <v>59</v>
       </c>
       <c r="D31" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E31" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F31">
         <v>2003</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>87</v>
       </c>
       <c r="B32" t="s">
         <v>88</v>
       </c>
       <c r="C32" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D32" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E32" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F32">
         <v>2003</v>
       </c>
       <c r="G32"/>
       <c r="H32" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>90</v>
+      </c>
+      <c r="B33" t="s">
+        <v>91</v>
+      </c>
+      <c r="C33" t="s">
+        <v>84</v>
+      </c>
+      <c r="D33" t="s">
+        <v>60</v>
+      </c>
+      <c r="E33" t="s">
+        <v>61</v>
+      </c>
+      <c r="F33">
+        <v>2003</v>
+      </c>
+      <c r="G33" t="s">
+        <v>92</v>
+      </c>
+      <c r="H33" t="s">
         <v>89</v>
-      </c>
-[...17 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B34" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C34" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D34" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E34" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F34">
         <v>2003</v>
       </c>
-      <c r="G34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G34"/>
       <c r="H34" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>95</v>
       </c>
       <c r="B35" t="s">
         <v>96</v>
       </c>
       <c r="C35" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D35" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E35" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F35">
         <v>2003</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>97</v>
       </c>
       <c r="B36" t="s">
         <v>98</v>
       </c>
       <c r="C36" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D36" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E36" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F36">
         <v>2003</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>99</v>
       </c>
       <c r="B37" t="s">
         <v>100</v>
       </c>
       <c r="C37" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D37" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E37" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F37">
         <v>2003</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>101</v>
       </c>
       <c r="B38" t="s">
         <v>102</v>
       </c>
       <c r="C38" t="s">
-        <v>86</v>
+        <v>59</v>
       </c>
       <c r="D38" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E38" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F38">
         <v>2003</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>103</v>
       </c>
       <c r="B39" t="s">
         <v>104</v>
       </c>
       <c r="C39" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="D39" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E39" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F39">
         <v>2003</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>105</v>
       </c>
       <c r="B40" t="s">
         <v>106</v>
       </c>
       <c r="C40" t="s">
-        <v>86</v>
+        <v>107</v>
       </c>
       <c r="D40" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E40" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F40">
         <v>2003</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B41" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="C41" t="s">
-        <v>109</v>
+        <v>59</v>
       </c>
       <c r="D41" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E41" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F41">
         <v>2003</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>109</v>
+      </c>
+      <c r="B42" t="s">
         <v>110</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
-        <v>62</v>
+        <v>111</v>
       </c>
       <c r="D42" t="s">
-        <v>63</v>
+        <v>112</v>
       </c>
       <c r="E42" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F42">
         <v>2003</v>
       </c>
-      <c r="G42"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G42" t="s">
+        <v>19</v>
+      </c>
+      <c r="H42"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B43" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C43" t="s">
-        <v>113</v>
+        <v>59</v>
       </c>
       <c r="D43" t="s">
-        <v>114</v>
+        <v>60</v>
       </c>
       <c r="E43" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F43">
         <v>2003</v>
       </c>
-      <c r="G43" t="s">
-[...2 lines deleted...]
-      <c r="H43"/>
+      <c r="G43"/>
+      <c r="H43" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>115</v>
       </c>
       <c r="B44" t="s">
         <v>116</v>
       </c>
       <c r="C44" t="s">
-        <v>62</v>
+        <v>107</v>
       </c>
       <c r="D44" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E44" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F44">
         <v>2003</v>
       </c>
-      <c r="G44"/>
+      <c r="G44" t="s">
+        <v>19</v>
+      </c>
       <c r="H44" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B45" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C45" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D45" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E45" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F45">
         <v>2003</v>
       </c>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B46" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C46" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D46" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E46" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F46">
         <v>2003</v>
       </c>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B47" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C47" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D47" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E47" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F47">
         <v>2003</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B48" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C48" t="s">
-        <v>109</v>
+        <v>59</v>
       </c>
       <c r="D48" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E48" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F48">
         <v>2003</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B49" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C49" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D49" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E49" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F49">
         <v>2003</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B50" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C50" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D50" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E50" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F50">
         <v>2003</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B51" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C51" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D51" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E51" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F51">
         <v>2003</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C52" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D52" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E52" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F52">
         <v>2003</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B53" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C53" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D53" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E53" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F53">
         <v>2003</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>42</v>
+        <v>137</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B54" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C54" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D54" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E54" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F54">
         <v>2003</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>136</v>
+        <v>26</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B55" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C55" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D55" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E55" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F55">
         <v>2003</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B56" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C56" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D56" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E56" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F56">
         <v>2003</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B57" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C57" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D57" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E57" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F57">
         <v>2003</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B58" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C58" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D58" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E58" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F58">
         <v>2003</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B59" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C59" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D59" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E59" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F59">
         <v>2003</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B60" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C60" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D60" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E60" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F60">
         <v>2003</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>26</v>
+        <v>152</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B61" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C61" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D61" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E61" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F61">
         <v>2003</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>151</v>
+        <v>26</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B62" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C62" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D62" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E62" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F62">
         <v>2003</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B63" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C63" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D63" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E63" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F63">
         <v>2003</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B64" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C64" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D64" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E64" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F64">
         <v>2003</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B65" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C65" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D65" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E65" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F65">
         <v>2003</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B66" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C66" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D66" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E66" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F66">
         <v>2003</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B67" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C67" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D67" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E67" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F67">
         <v>2003</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B68" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C68" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D68" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E68" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F68">
         <v>2003</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B69" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C69" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D69" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E69" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F69">
         <v>2003</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B70" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C70" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D70" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E70" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F70">
         <v>2003</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B71" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C71" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D71" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E71" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F71">
         <v>2003</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B72" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C72" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D72" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E72" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F72">
         <v>2003</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B73" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C73" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D73" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E73" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F73">
         <v>2003</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B74" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C74" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D74" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E74" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F74">
         <v>2003</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B75" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C75" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D75" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E75" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F75">
         <v>2003</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B76" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C76" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D76" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E76" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F76">
         <v>2003</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B77" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C77" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D77" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E77" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F77">
         <v>2003</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B78" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C78" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D78" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E78" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F78">
         <v>2003</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B79" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C79" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D79" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E79" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F79">
         <v>2003</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B80" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C80" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D80" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E80" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F80">
         <v>2003</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B81" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C81" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D81" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E81" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F81">
         <v>2003</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B82" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C82" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D82" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E82" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F82">
         <v>2003</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B83" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C83" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D83" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E83" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F83">
         <v>2003</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B84" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C84" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D84" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E84" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F84">
         <v>2003</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="B85" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C85" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D85" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E85" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F85">
         <v>2003</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B86" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C86" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D86" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E86" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F86">
         <v>2003</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B87" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C87" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D87" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E87" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F87">
         <v>2003</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B88" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="C88" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D88" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E88" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F88">
         <v>2003</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>26</v>
+        <v>209</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B89" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C89" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D89" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E89" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F89">
         <v>2003</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B90" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C90" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D90" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E90" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F90">
         <v>2003</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B91" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C91" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D91" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E91" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F91">
         <v>2003</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>208</v>
+        <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B92" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C92" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="D92" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E92" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F92">
         <v>2003</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B93" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C93" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D93" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E93" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F93">
         <v>2003</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B94" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C94" t="s">
-        <v>86</v>
+        <v>59</v>
       </c>
       <c r="D94" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E94" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F94">
         <v>2003</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B95" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C95" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D95" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E95" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F95">
         <v>2003</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B96" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C96" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D96" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E96" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F96">
         <v>2003</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B97" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C97" t="s">
-        <v>62</v>
+        <v>107</v>
       </c>
       <c r="D97" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E97" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F97">
         <v>2003</v>
       </c>
       <c r="G97"/>
-      <c r="H97" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B98" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C98" t="s">
-        <v>109</v>
+        <v>59</v>
       </c>
       <c r="D98" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E98" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F98">
         <v>2003</v>
       </c>
       <c r="G98"/>
-      <c r="H98" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H98"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B99" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C99" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D99" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E99" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F99">
         <v>2003</v>
       </c>
       <c r="G99"/>
-      <c r="H99" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B100" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C100" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D100" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E100" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F100">
         <v>2003</v>
       </c>
       <c r="G100"/>
-      <c r="H100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B101" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C101" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D101" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E101" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F101">
         <v>2003</v>
       </c>
       <c r="G101"/>
-      <c r="H101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B102" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C102" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D102" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E102" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F102">
         <v>2003</v>
       </c>
       <c r="G102"/>
-      <c r="H102" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H102"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B103" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="C103" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D103" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E103" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F103">
         <v>2003</v>
       </c>
       <c r="G103"/>
-      <c r="H103" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>237</v>
+        <v>87</v>
       </c>
       <c r="B104" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C104" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D104" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E104" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F104">
         <v>2003</v>
       </c>
       <c r="G104"/>
-      <c r="H104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>89</v>
+        <v>241</v>
       </c>
       <c r="B105" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C105" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D105" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E105" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F105">
         <v>2003</v>
       </c>
       <c r="G105"/>
-      <c r="H105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B106" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C106" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D106" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E106" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F106">
         <v>2003</v>
       </c>
       <c r="G106"/>
-      <c r="H106" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B107" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C107" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D107" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E107" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F107">
         <v>2003</v>
       </c>
       <c r="G107"/>
-      <c r="H107" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H107"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="B108" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C108" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D108" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E108" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F108">
         <v>2003</v>
       </c>
       <c r="G108"/>
-      <c r="H108" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H108"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B109" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C109" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D109" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E109" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F109">
         <v>2003</v>
       </c>
       <c r="G109"/>
-      <c r="H109" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H109"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B110" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C110" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D110" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E110" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F110">
         <v>2003</v>
       </c>
       <c r="G110"/>
-      <c r="H110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B111" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C111" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D111" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E111" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F111">
         <v>2003</v>
       </c>
       <c r="G111"/>
-      <c r="H111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B112" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C112" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D112" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E112" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F112">
         <v>2003</v>
       </c>
       <c r="G112"/>
-      <c r="H112" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H112"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B113" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C113" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D113" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E113" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F113">
         <v>2003</v>
       </c>
       <c r="G113"/>
-      <c r="H113" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H113"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B114" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C114" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D114" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E114" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F114">
         <v>2003</v>
       </c>
       <c r="G114"/>
-      <c r="H114" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B115" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C115" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D115" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E115" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F115">
         <v>2003</v>
       </c>
       <c r="G115"/>
-      <c r="H115" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H115"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B116" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C116" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="D116" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E116" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F116">
         <v>2003</v>
       </c>
-      <c r="G116"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G116" t="s">
+        <v>19</v>
+      </c>
+      <c r="H116"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="B117" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C117" t="s">
-        <v>86</v>
+        <v>107</v>
       </c>
       <c r="D117" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E117" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F117">
         <v>2003</v>
       </c>
-      <c r="G117" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G117"/>
       <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B118" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C118" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D118" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E118" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F118">
         <v>2003</v>
       </c>
       <c r="G118"/>
-      <c r="H118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H118"/>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B119" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C119" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D119" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E119" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F119">
         <v>2003</v>
       </c>
       <c r="G119"/>
-      <c r="H119" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="B120" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C120" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D120" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E120" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F120">
         <v>2003</v>
       </c>
       <c r="G120"/>
-      <c r="H120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B121" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C121" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D121" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E121" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F121">
         <v>2003</v>
       </c>
       <c r="G121"/>
-      <c r="H121" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="B122" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C122" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D122" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E122" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F122">
         <v>2003</v>
       </c>
       <c r="G122"/>
-      <c r="H122" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H122"/>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B123" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C123" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D123" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E123" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F123">
         <v>2003</v>
       </c>
       <c r="G123"/>
-      <c r="H123" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H123"/>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B124" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C124" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D124" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E124" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F124">
         <v>2003</v>
       </c>
       <c r="G124"/>
-      <c r="H124" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H124"/>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B125" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C125" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D125" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E125" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F125">
         <v>2003</v>
       </c>
       <c r="G125"/>
-      <c r="H125" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H125"/>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B126" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="C126" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D126" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E126" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F126">
         <v>2003</v>
       </c>
-      <c r="G126"/>
+      <c r="G126" t="s">
+        <v>14</v>
+      </c>
       <c r="H126" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B127" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C127" t="s">
-        <v>109</v>
+        <v>67</v>
       </c>
       <c r="D127" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E127" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F127">
         <v>2003</v>
       </c>
-      <c r="G127" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G127"/>
       <c r="H127" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B128" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C128" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="D128" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E128" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F128">
         <v>2003</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B129" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C129" t="s">
-        <v>62</v>
+        <v>107</v>
       </c>
       <c r="D129" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E129" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F129">
         <v>2003</v>
       </c>
       <c r="G129"/>
-      <c r="H129" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H129"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="B130" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C130" t="s">
-        <v>109</v>
+        <v>59</v>
       </c>
       <c r="D130" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E130" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F130">
         <v>2003</v>
       </c>
       <c r="G130"/>
-      <c r="H130" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H130"/>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B131" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C131" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D131" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E131" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F131">
         <v>2003</v>
       </c>
       <c r="G131"/>
-      <c r="H131" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H131"/>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B132" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C132" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="D132" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E132" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F132">
         <v>2003</v>
       </c>
       <c r="G132"/>
       <c r="H132"/>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B133" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C133" t="s">
-        <v>86</v>
+        <v>59</v>
       </c>
       <c r="D133" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E133" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F133">
         <v>2003</v>
       </c>
       <c r="G133"/>
-      <c r="H133" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H133"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B134" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C134" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="D134" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E134" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F134">
         <v>2003</v>
       </c>
       <c r="G134"/>
-      <c r="H134" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H134"/>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B135" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="C135" t="s">
-        <v>86</v>
+        <v>59</v>
       </c>
       <c r="D135" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E135" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F135">
         <v>2003</v>
       </c>
       <c r="G135"/>
-      <c r="H135" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H135"/>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B136" t="s">
-        <v>294</v>
+        <v>78</v>
       </c>
       <c r="C136" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D136" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E136" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F136">
         <v>2003</v>
       </c>
       <c r="G136"/>
-      <c r="H136" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H136"/>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B137" t="s">
-        <v>80</v>
+        <v>304</v>
       </c>
       <c r="C137" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D137" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E137" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F137">
         <v>2003</v>
       </c>
       <c r="G137"/>
-      <c r="H137" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H137"/>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B138" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="C138" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D138" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E138" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F138">
         <v>2003</v>
       </c>
       <c r="G138"/>
-      <c r="H138" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H138"/>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B139" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="C139" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D139" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E139" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F139">
         <v>2003</v>
       </c>
       <c r="G139"/>
-      <c r="H139" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H139"/>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B140" t="s">
-        <v>307</v>
+        <v>294</v>
       </c>
       <c r="C140" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D140" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E140" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F140">
         <v>2003</v>
       </c>
       <c r="G140"/>
-      <c r="H140" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H140"/>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B141" t="s">
-        <v>294</v>
+        <v>310</v>
       </c>
       <c r="C141" t="s">
-        <v>62</v>
+        <v>311</v>
       </c>
       <c r="D141" t="s">
-        <v>63</v>
+        <v>112</v>
       </c>
       <c r="E141" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F141">
         <v>2003</v>
       </c>
-      <c r="G141"/>
-[...23 lines deleted...]
-      <c r="G142" t="s">
+      <c r="G141" t="s">
         <v>19</v>
       </c>
-      <c r="H142"/>
+      <c r="H141"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>