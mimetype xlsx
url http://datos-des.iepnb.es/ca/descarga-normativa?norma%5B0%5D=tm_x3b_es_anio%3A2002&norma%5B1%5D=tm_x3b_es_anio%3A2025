--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="385">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="388">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -315,50 +315,62 @@
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>pruebaValidacion</t>
   </si>
   <si>
     <t>pruebaAnio</t>
   </si>
   <si>
     <t>Prueba de borrar legislación</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>prueba alma</t>
   </si>
   <si>
     <t>prueba ejemplo alma</t>
   </si>
   <si>
+    <t>prueba jesus 11 11</t>
+  </si>
+  <si>
+    <t>www.prueba.es</t>
+  </si>
+  <si>
+    <t>Dictamen</t>
+  </si>
+  <si>
+    <t>pruebaa2</t>
+  </si>
+  <si>
     <t>Prueba Alta Validación en Legislación</t>
   </si>
   <si>
     <t>https://www.google.com/test2</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Ejemplos</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
   <si>
     <t>Prueba de nueva norma región de Murcia modificado</t>
   </si>
   <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>Pruebas Boletin oficial</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
@@ -443,53 +455,50 @@
     <t>Prueba Legislación Alta Norma</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>Orden TED/452/2025, de 5 de mayo, por la que se modifican los anexos del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas; del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras; y por la que se declara la situación crítica de «Fulica cristata» y «Galemys pyrenaicus» en España.</t>
   </si>
   <si>
     <t>https://www.boe.es/diario_boe/txt.php?id=BOE-A-2025-9192</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>decreto por el que se aprueban los Planes de Gestión de blablabla</t>
   </si>
   <si>
     <t>https://google.es</t>
   </si>
   <si>
     <t>normtiva de declaración de protección</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dictamen</t>
   </si>
   <si>
     <t>Ley 5/2002, de 4 de abril, de Caza de Aragón. BOA 45 de 17 de abril de 2002</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ar/l/2002/04/04/5</t>
   </si>
   <si>
     <t>Ley 5/2002 de 8 de octubre de 2002, de protección del Medio Ambiente en La Rioja. BOE 253, de 22/10/2002.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ri/l/2002/10/08/5/con</t>
   </si>
   <si>
     <t>La Rioja</t>
   </si>
   <si>
     <t>Ley 10/2002, de 12 de noviembre, de Modificación de la Ley 7/1995, de 21 de abril, de la Fauna Silvestre, Caza y Pesca Fluvial. BORM 284, 10 de diciembre de 2002</t>
   </si>
   <si>
     <t>https://www.borm.es/eli/es-mc/l/2002/11/12/10/dof/spa/html</t>
   </si>
   <si>
     <t>Ley 5/2002, de 11 de abril, de declaración del Parque Natural de Arribes del Duero (Salamanca-Zamora). BOE 115, de 14 de mayo de 2002</t>
   </si>
@@ -1516,51 +1525,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H189"/>
+  <dimension ref="A1:H191"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="793.806" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="594.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -2634,3289 +2643,3331 @@
       </c>
       <c r="B51" t="s">
         <v>28</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51" t="s">
         <v>96</v>
       </c>
       <c r="F51">
         <v>2025</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>100</v>
       </c>
       <c r="B52" t="s">
         <v>101</v>
       </c>
       <c r="C52"/>
-      <c r="D52"/>
+      <c r="D52" t="s">
+        <v>102</v>
+      </c>
       <c r="E52" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="F52">
         <v>2025</v>
       </c>
-      <c r="G52"/>
+      <c r="G52" t="s">
+        <v>37</v>
+      </c>
       <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>103</v>
       </c>
       <c r="B53" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="F53">
         <v>2025</v>
       </c>
-      <c r="G53"/>
+      <c r="G53" t="s">
+        <v>37</v>
+      </c>
       <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>104</v>
+      </c>
+      <c r="B54" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F54">
         <v>2025</v>
       </c>
       <c r="G54"/>
-      <c r="H54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>107</v>
       </c>
       <c r="B55" t="s">
         <v>108</v>
       </c>
       <c r="C55"/>
-      <c r="D55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D55"/>
       <c r="E55" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F55">
         <v>2025</v>
       </c>
-      <c r="G55" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G55"/>
+      <c r="H55"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B56" t="s">
         <v>108</v>
       </c>
       <c r="C56"/>
-      <c r="D56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D56"/>
       <c r="E56" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F56">
         <v>2025</v>
       </c>
-      <c r="G56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G56"/>
       <c r="H56" t="s">
-        <v>15</v>
+        <v>110</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>111</v>
       </c>
       <c r="B57" t="s">
-        <v>31</v>
+        <v>112</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E57" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F57">
         <v>2025</v>
       </c>
       <c r="G57" t="s">
-        <v>112</v>
+        <v>37</v>
       </c>
       <c r="H57" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B58" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E58" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F58">
         <v>2025</v>
       </c>
-      <c r="G58"/>
+      <c r="G58" t="s">
+        <v>37</v>
+      </c>
       <c r="H58" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>115</v>
+      </c>
+      <c r="B59" t="s">
+        <v>31</v>
+      </c>
+      <c r="C59"/>
+      <c r="D59" t="s">
+        <v>113</v>
+      </c>
+      <c r="E59" t="s">
+        <v>106</v>
+      </c>
+      <c r="F59">
+        <v>2025</v>
+      </c>
+      <c r="G59" t="s">
+        <v>116</v>
+      </c>
+      <c r="H59" t="s">
         <v>114</v>
       </c>
-      <c r="B59" t="s">
-[...13 lines deleted...]
-      <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B60" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="C60"/>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>113</v>
+      </c>
       <c r="E60" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F60">
         <v>2025</v>
       </c>
-      <c r="G60" t="s">
-[...2 lines deleted...]
-      <c r="H60"/>
+      <c r="G60"/>
+      <c r="H60" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B61" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="C61"/>
-      <c r="D61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D61"/>
       <c r="E61" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F61">
         <v>2025</v>
       </c>
       <c r="G61" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>119</v>
       </c>
       <c r="B62" t="s">
-        <v>120</v>
-[...6 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="C62"/>
+      <c r="D62"/>
       <c r="E62" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F62">
         <v>2025</v>
       </c>
-      <c r="G62"/>
+      <c r="G62" t="s">
+        <v>26</v>
+      </c>
       <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B63" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="C63"/>
       <c r="D63" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="E63" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F63">
         <v>2025</v>
       </c>
-      <c r="G63"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G63" t="s">
+        <v>37</v>
+      </c>
+      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B64" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="C64" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D64" t="s">
-        <v>58</v>
+        <v>126</v>
       </c>
       <c r="E64" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F64">
         <v>2025</v>
       </c>
       <c r="G64"/>
-      <c r="H64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B65" t="s">
-        <v>104</v>
+        <v>128</v>
       </c>
       <c r="C65" t="s">
+        <v>57</v>
+      </c>
+      <c r="D65" t="s">
+        <v>129</v>
+      </c>
+      <c r="E65" t="s">
+        <v>130</v>
+      </c>
+      <c r="F65">
+        <v>2025</v>
+      </c>
+      <c r="G65"/>
+      <c r="H65" t="s">
         <v>131</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>132</v>
       </c>
       <c r="B66" t="s">
-        <v>33</v>
+        <v>108</v>
       </c>
       <c r="C66" t="s">
         <v>133</v>
       </c>
       <c r="D66" t="s">
-        <v>122</v>
+        <v>58</v>
       </c>
       <c r="E66" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F66">
         <v>2025</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>134</v>
       </c>
       <c r="B67" t="s">
+        <v>108</v>
+      </c>
+      <c r="C67" t="s">
         <v>135</v>
       </c>
-      <c r="C67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D67" t="s">
-        <v>125</v>
+        <v>58</v>
       </c>
       <c r="E67" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F67">
         <v>2025</v>
       </c>
-      <c r="G67"/>
+      <c r="G67" t="s">
+        <v>26</v>
+      </c>
       <c r="H67" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>136</v>
       </c>
       <c r="B68" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C68" t="s">
-        <v>57</v>
+        <v>137</v>
       </c>
       <c r="D68" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E68" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F68">
         <v>2025</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B69" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C69" t="s">
-        <v>139</v>
+        <v>57</v>
       </c>
       <c r="D69" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="E69" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F69">
         <v>2025</v>
       </c>
-      <c r="G69" t="s">
-[...2 lines deleted...]
-      <c r="H69"/>
+      <c r="G69"/>
+      <c r="H69" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>59</v>
+        <v>140</v>
       </c>
       <c r="B70" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="C70" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D70" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="E70" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F70">
         <v>2025</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B71" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-      <c r="D71"/>
+        <v>142</v>
+      </c>
+      <c r="C71" t="s">
+        <v>143</v>
+      </c>
+      <c r="D71" t="s">
+        <v>126</v>
+      </c>
       <c r="E71" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F71">
         <v>2025</v>
       </c>
-      <c r="G71"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G71" t="s">
+        <v>37</v>
+      </c>
+      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>142</v>
+        <v>59</v>
       </c>
       <c r="B72" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="C72" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="D72" t="s">
-        <v>143</v>
+        <v>126</v>
       </c>
       <c r="E72" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F72">
         <v>2025</v>
       </c>
-      <c r="G72" t="s">
-[...2 lines deleted...]
-      <c r="H72"/>
+      <c r="G72"/>
+      <c r="H72" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>144</v>
       </c>
       <c r="B73" t="s">
         <v>145</v>
       </c>
       <c r="C73"/>
-      <c r="D73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D73"/>
       <c r="E73" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="F73">
-        <v>2002</v>
+        <v>2025</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>97</v>
+        <v>49</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>146</v>
       </c>
       <c r="B74" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="C74"/>
+        <v>28</v>
+      </c>
+      <c r="C74" t="s">
+        <v>125</v>
+      </c>
       <c r="D74" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="E74" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="F74">
-        <v>2002</v>
-[...4 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="G74" t="s">
+        <v>26</v>
+      </c>
+      <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B75" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E75" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F75">
         <v>2002</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B76" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E76" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F76">
         <v>2002</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B77" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E77" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F77">
         <v>2002</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>153</v>
+        <v>110</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B78" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E78" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F78">
         <v>2002</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B79" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E79" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F79">
         <v>2002</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B80" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E80" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F80">
         <v>2002</v>
       </c>
       <c r="G80"/>
-      <c r="H80"/>
+      <c r="H80" t="s">
+        <v>161</v>
+      </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>162</v>
+      </c>
+      <c r="B81" t="s">
         <v>163</v>
       </c>
-      <c r="B81" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C81"/>
       <c r="D81" t="s">
-        <v>58</v>
+        <v>113</v>
       </c>
       <c r="E81" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F81">
         <v>2002</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>164</v>
+      </c>
+      <c r="B82" t="s">
         <v>165</v>
       </c>
-      <c r="B82" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C82"/>
       <c r="D82" t="s">
-        <v>58</v>
+        <v>113</v>
       </c>
       <c r="E82" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F82">
         <v>2002</v>
       </c>
       <c r="G82"/>
-      <c r="H82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>166</v>
+      </c>
+      <c r="B83" t="s">
         <v>167</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="D83" t="s">
         <v>58</v>
       </c>
       <c r="E83" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F83">
         <v>2002</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>153</v>
+        <v>49</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>168</v>
+      </c>
+      <c r="B84" t="s">
         <v>169</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="D84" t="s">
         <v>58</v>
       </c>
       <c r="E84" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F84">
         <v>2002</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>170</v>
+      </c>
+      <c r="B85" t="s">
         <v>171</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D85" t="s">
         <v>58</v>
       </c>
       <c r="E85" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F85">
         <v>2002</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B86" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C86" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D86" t="s">
         <v>58</v>
       </c>
       <c r="E86" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F86">
         <v>2002</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B87" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C87" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D87" t="s">
         <v>58</v>
       </c>
       <c r="E87" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F87">
         <v>2002</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>177</v>
+      </c>
+      <c r="B88" t="s">
         <v>178</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D88" t="s">
         <v>58</v>
       </c>
       <c r="E88" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F88">
         <v>2002</v>
       </c>
-      <c r="G88" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G88"/>
       <c r="H88" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>179</v>
+      </c>
+      <c r="B89" t="s">
         <v>180</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D89" t="s">
         <v>58</v>
       </c>
       <c r="E89" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F89">
         <v>2002</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>106</v>
+        <v>176</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>181</v>
+      </c>
+      <c r="B90" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="C90" t="s">
         <v>92</v>
       </c>
       <c r="D90" t="s">
         <v>58</v>
       </c>
       <c r="E90" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F90">
         <v>2002</v>
       </c>
-      <c r="G90"/>
+      <c r="G90" t="s">
+        <v>116</v>
+      </c>
       <c r="H90" t="s">
-        <v>106</v>
+        <v>176</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>183</v>
+      </c>
+      <c r="B91" t="s">
         <v>184</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D91" t="s">
         <v>58</v>
       </c>
       <c r="E91" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F91">
         <v>2002</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>185</v>
+      </c>
+      <c r="B92" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="C92" t="s">
         <v>92</v>
       </c>
       <c r="D92" t="s">
         <v>58</v>
       </c>
       <c r="E92" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F92">
         <v>2002</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>187</v>
+      </c>
+      <c r="B93" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="C93" t="s">
         <v>92</v>
       </c>
       <c r="D93" t="s">
         <v>58</v>
       </c>
       <c r="E93" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F93">
         <v>2002</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>189</v>
+      </c>
+      <c r="B94" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="C94" t="s">
         <v>92</v>
       </c>
       <c r="D94" t="s">
         <v>58</v>
       </c>
       <c r="E94" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F94">
         <v>2002</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>191</v>
+      </c>
+      <c r="B95" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="C95" t="s">
         <v>92</v>
       </c>
       <c r="D95" t="s">
         <v>58</v>
       </c>
       <c r="E95" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F95">
         <v>2002</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>193</v>
+      </c>
+      <c r="B96" t="s">
         <v>194</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D96" t="s">
         <v>58</v>
       </c>
       <c r="E96" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F96">
         <v>2002</v>
       </c>
       <c r="G96"/>
       <c r="H96" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>195</v>
+      </c>
+      <c r="B97" t="s">
         <v>196</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" t="s">
-        <v>121</v>
+        <v>92</v>
       </c>
       <c r="D97" t="s">
         <v>58</v>
       </c>
       <c r="E97" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F97">
         <v>2002</v>
       </c>
-      <c r="G97" t="s">
-[...2 lines deleted...]
-      <c r="H97"/>
+      <c r="G97"/>
+      <c r="H97" t="s">
+        <v>110</v>
+      </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>197</v>
+      </c>
+      <c r="B98" t="s">
         <v>198</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D98" t="s">
         <v>58</v>
       </c>
       <c r="E98" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F98">
         <v>2002</v>
       </c>
-      <c r="G98" t="s">
-[...2 lines deleted...]
-      <c r="H98"/>
+      <c r="G98"/>
+      <c r="H98" t="s">
+        <v>110</v>
+      </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>199</v>
+      </c>
+      <c r="B99" t="s">
         <v>200</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D99" t="s">
         <v>58</v>
       </c>
       <c r="E99" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F99">
         <v>2002</v>
       </c>
-      <c r="G99"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G99" t="s">
+        <v>37</v>
+      </c>
+      <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>201</v>
+      </c>
+      <c r="B100" t="s">
         <v>202</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D100" t="s">
         <v>58</v>
       </c>
       <c r="E100" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F100">
         <v>2002</v>
       </c>
-      <c r="G100"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G100" t="s">
+        <v>37</v>
+      </c>
+      <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>203</v>
+      </c>
+      <c r="B101" t="s">
         <v>204</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D101" t="s">
         <v>58</v>
       </c>
       <c r="E101" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F101">
         <v>2002</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>205</v>
+      </c>
+      <c r="B102" t="s">
         <v>206</v>
       </c>
-      <c r="B102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D102" t="s">
         <v>58</v>
       </c>
       <c r="E102" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F102">
         <v>2002</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>158</v>
+        <v>10</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>207</v>
+      </c>
+      <c r="B103" t="s">
         <v>208</v>
       </c>
-      <c r="B103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D103" t="s">
         <v>58</v>
       </c>
       <c r="E103" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F103">
         <v>2002</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>209</v>
+      </c>
+      <c r="B104" t="s">
         <v>210</v>
       </c>
-      <c r="B104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D104" t="s">
         <v>58</v>
       </c>
       <c r="E104" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F104">
         <v>2002</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>211</v>
+      </c>
+      <c r="B105" t="s">
         <v>212</v>
       </c>
-      <c r="B105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D105" t="s">
         <v>58</v>
       </c>
       <c r="E105" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F105">
         <v>2002</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>213</v>
+      </c>
+      <c r="B106" t="s">
         <v>214</v>
       </c>
-      <c r="B106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D106" t="s">
         <v>58</v>
       </c>
       <c r="E106" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F106">
         <v>2002</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>215</v>
+      </c>
+      <c r="B107" t="s">
         <v>216</v>
       </c>
-      <c r="B107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D107" t="s">
         <v>58</v>
       </c>
       <c r="E107" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F107">
         <v>2002</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>217</v>
+      </c>
+      <c r="B108" t="s">
         <v>218</v>
       </c>
-      <c r="B108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D108" t="s">
         <v>58</v>
       </c>
       <c r="E108" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F108">
         <v>2002</v>
       </c>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>219</v>
+      </c>
+      <c r="B109" t="s">
         <v>220</v>
       </c>
-      <c r="B109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D109" t="s">
         <v>58</v>
       </c>
       <c r="E109" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F109">
         <v>2002</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>221</v>
+      </c>
+      <c r="B110" t="s">
         <v>222</v>
       </c>
-      <c r="B110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D110" t="s">
         <v>58</v>
       </c>
       <c r="E110" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F110">
         <v>2002</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>223</v>
+      </c>
+      <c r="B111" t="s">
         <v>224</v>
       </c>
-      <c r="B111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D111" t="s">
         <v>58</v>
       </c>
       <c r="E111" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F111">
         <v>2002</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>225</v>
+      </c>
+      <c r="B112" t="s">
         <v>226</v>
       </c>
-      <c r="B112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D112" t="s">
         <v>58</v>
       </c>
       <c r="E112" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F112">
         <v>2002</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>227</v>
+      </c>
+      <c r="B113" t="s">
         <v>228</v>
       </c>
-      <c r="B113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D113" t="s">
         <v>58</v>
       </c>
       <c r="E113" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F113">
         <v>2002</v>
       </c>
       <c r="G113"/>
       <c r="H113" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>229</v>
+      </c>
+      <c r="B114" t="s">
         <v>230</v>
       </c>
-      <c r="B114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D114" t="s">
         <v>58</v>
       </c>
       <c r="E114" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F114">
         <v>2002</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>231</v>
+      </c>
+      <c r="B115" t="s">
         <v>232</v>
       </c>
-      <c r="B115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D115" t="s">
         <v>58</v>
       </c>
       <c r="E115" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F115">
         <v>2002</v>
       </c>
       <c r="G115"/>
       <c r="H115" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>233</v>
+      </c>
+      <c r="B116" t="s">
         <v>234</v>
       </c>
-      <c r="B116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D116" t="s">
         <v>58</v>
       </c>
       <c r="E116" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F116">
         <v>2002</v>
       </c>
       <c r="G116"/>
       <c r="H116" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>235</v>
+      </c>
+      <c r="B117" t="s">
         <v>236</v>
       </c>
-      <c r="B117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D117" t="s">
         <v>58</v>
       </c>
       <c r="E117" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F117">
         <v>2002</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>237</v>
+      </c>
+      <c r="B118" t="s">
         <v>238</v>
       </c>
-      <c r="B118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D118" t="s">
         <v>58</v>
       </c>
       <c r="E118" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F118">
         <v>2002</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>240</v>
+        <v>49</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B119" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C119" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="D119" t="s">
         <v>58</v>
       </c>
       <c r="E119" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F119">
         <v>2002</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>243</v>
+        <v>49</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="B120" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C120" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D120" t="s">
         <v>58</v>
       </c>
       <c r="E120" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F120">
         <v>2002</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="B121" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="C121" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D121" t="s">
         <v>58</v>
       </c>
       <c r="E121" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F121">
         <v>2002</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="B122" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C122" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="D122" t="s">
         <v>58</v>
       </c>
       <c r="E122" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F122">
         <v>2002</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>250</v>
+      </c>
+      <c r="B123" t="s">
         <v>251</v>
       </c>
-      <c r="B123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="D123" t="s">
         <v>58</v>
       </c>
       <c r="E123" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F123">
         <v>2002</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>252</v>
+      </c>
+      <c r="B124" t="s">
         <v>253</v>
       </c>
-      <c r="B124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D124" t="s">
         <v>58</v>
       </c>
       <c r="E124" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F124">
         <v>2002</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>254</v>
+      </c>
+      <c r="B125" t="s">
         <v>255</v>
       </c>
-      <c r="B125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D125" t="s">
         <v>58</v>
       </c>
       <c r="E125" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F125">
         <v>2002</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>256</v>
+      </c>
+      <c r="B126" t="s">
         <v>257</v>
       </c>
-      <c r="B126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D126" t="s">
         <v>58</v>
       </c>
       <c r="E126" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F126">
         <v>2002</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>258</v>
+      </c>
+      <c r="B127" t="s">
         <v>259</v>
       </c>
-      <c r="B127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C127" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="D127" t="s">
         <v>58</v>
       </c>
       <c r="E127" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F127">
         <v>2002</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>260</v>
+      </c>
+      <c r="B128" t="s">
         <v>261</v>
       </c>
-      <c r="B128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C128" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D128" t="s">
         <v>58</v>
       </c>
       <c r="E128" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F128">
         <v>2002</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
-        <v>49</v>
+        <v>246</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>262</v>
+      </c>
+      <c r="B129" t="s">
         <v>263</v>
       </c>
-      <c r="B129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D129" t="s">
         <v>58</v>
       </c>
       <c r="E129" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F129">
         <v>2002</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
-        <v>49</v>
+        <v>246</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>264</v>
+      </c>
+      <c r="B130" t="s">
         <v>265</v>
       </c>
-      <c r="B130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D130" t="s">
         <v>58</v>
       </c>
       <c r="E130" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F130">
         <v>2002</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>266</v>
+      </c>
+      <c r="B131" t="s">
         <v>267</v>
       </c>
-      <c r="B131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D131" t="s">
         <v>58</v>
       </c>
       <c r="E131" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F131">
         <v>2002</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>268</v>
+      </c>
+      <c r="B132" t="s">
         <v>269</v>
       </c>
-      <c r="B132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D132" t="s">
         <v>58</v>
       </c>
       <c r="E132" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F132">
         <v>2002</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>270</v>
+      </c>
+      <c r="B133" t="s">
         <v>271</v>
       </c>
-      <c r="B133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D133" t="s">
         <v>58</v>
       </c>
       <c r="E133" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F133">
         <v>2002</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>272</v>
+      </c>
+      <c r="B134" t="s">
         <v>273</v>
       </c>
-      <c r="B134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D134" t="s">
         <v>58</v>
       </c>
       <c r="E134" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F134">
         <v>2002</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>274</v>
+      </c>
+      <c r="B135" t="s">
         <v>275</v>
       </c>
-      <c r="B135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D135" t="s">
         <v>58</v>
       </c>
       <c r="E135" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F135">
         <v>2002</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>276</v>
+      </c>
+      <c r="B136" t="s">
         <v>277</v>
       </c>
-      <c r="B136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D136" t="s">
         <v>58</v>
       </c>
       <c r="E136" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F136">
         <v>2002</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>278</v>
+      </c>
+      <c r="B137" t="s">
         <v>279</v>
       </c>
-      <c r="B137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D137" t="s">
         <v>58</v>
       </c>
       <c r="E137" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F137">
         <v>2002</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>280</v>
+      </c>
+      <c r="B138" t="s">
         <v>281</v>
       </c>
-      <c r="B138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D138" t="s">
         <v>58</v>
       </c>
       <c r="E138" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F138">
         <v>2002</v>
       </c>
       <c r="G138"/>
       <c r="H138" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>282</v>
+      </c>
+      <c r="B139" t="s">
         <v>283</v>
       </c>
-      <c r="B139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D139" t="s">
         <v>58</v>
       </c>
       <c r="E139" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F139">
         <v>2002</v>
       </c>
       <c r="G139"/>
       <c r="H139" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>284</v>
+      </c>
+      <c r="B140" t="s">
         <v>285</v>
       </c>
-      <c r="B140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C140" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D140" t="s">
         <v>58</v>
       </c>
       <c r="E140" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F140">
         <v>2002</v>
       </c>
       <c r="G140"/>
       <c r="H140" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>286</v>
+      </c>
+      <c r="B141" t="s">
         <v>287</v>
       </c>
-      <c r="B141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C141" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D141" t="s">
         <v>58</v>
       </c>
       <c r="E141" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F141">
         <v>2002</v>
       </c>
       <c r="G141"/>
       <c r="H141" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>288</v>
+      </c>
+      <c r="B142" t="s">
         <v>289</v>
       </c>
-      <c r="B142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="D142" t="s">
         <v>58</v>
       </c>
       <c r="E142" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F142">
         <v>2002</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>240</v>
+        <v>49</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>290</v>
+      </c>
+      <c r="B143" t="s">
         <v>291</v>
       </c>
-      <c r="B143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="D143" t="s">
         <v>58</v>
       </c>
       <c r="E143" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F143">
         <v>2002</v>
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
-        <v>240</v>
+        <v>45</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>292</v>
+      </c>
+      <c r="B144" t="s">
         <v>293</v>
       </c>
-      <c r="B144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D144" t="s">
         <v>58</v>
       </c>
       <c r="E144" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F144">
         <v>2002</v>
       </c>
       <c r="G144"/>
       <c r="H144" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>294</v>
+      </c>
+      <c r="B145" t="s">
         <v>295</v>
       </c>
-      <c r="B145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D145" t="s">
         <v>58</v>
       </c>
       <c r="E145" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F145">
         <v>2002</v>
       </c>
       <c r="G145"/>
       <c r="H145" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>296</v>
+      </c>
+      <c r="B146" t="s">
         <v>297</v>
       </c>
-      <c r="B146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D146" t="s">
         <v>58</v>
       </c>
       <c r="E146" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F146">
         <v>2002</v>
       </c>
       <c r="G146"/>
       <c r="H146" t="s">
-        <v>153</v>
+        <v>246</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>298</v>
+      </c>
+      <c r="B147" t="s">
         <v>299</v>
       </c>
-      <c r="B147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D147" t="s">
         <v>58</v>
       </c>
       <c r="E147" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F147">
         <v>2002</v>
       </c>
       <c r="G147"/>
       <c r="H147" t="s">
-        <v>301</v>
+        <v>243</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="B148" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="C148" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D148" t="s">
         <v>58</v>
       </c>
       <c r="E148" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F148">
         <v>2002</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="B149" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C149" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D149" t="s">
         <v>58</v>
       </c>
       <c r="E149" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F149">
         <v>2002</v>
       </c>
       <c r="G149"/>
       <c r="H149" t="s">
-        <v>158</v>
+        <v>304</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
+        <v>305</v>
+      </c>
+      <c r="B150" t="s">
         <v>306</v>
       </c>
-      <c r="B150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D150" t="s">
         <v>58</v>
       </c>
       <c r="E150" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F150">
         <v>2002</v>
       </c>
       <c r="G150"/>
       <c r="H150" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>307</v>
+      </c>
+      <c r="B151" t="s">
         <v>308</v>
       </c>
-      <c r="B151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D151" t="s">
         <v>58</v>
       </c>
       <c r="E151" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F151">
         <v>2002</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>309</v>
+      </c>
+      <c r="B152" t="s">
         <v>310</v>
       </c>
-      <c r="B152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D152" t="s">
         <v>58</v>
       </c>
       <c r="E152" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F152">
         <v>2002</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>301</v>
+        <v>161</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>311</v>
+      </c>
+      <c r="B153" t="s">
         <v>312</v>
       </c>
-      <c r="B153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D153" t="s">
         <v>58</v>
       </c>
       <c r="E153" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F153">
         <v>2002</v>
       </c>
       <c r="G153"/>
       <c r="H153" t="s">
-        <v>29</v>
+        <v>161</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>313</v>
+      </c>
+      <c r="B154" t="s">
         <v>314</v>
       </c>
-      <c r="B154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D154" t="s">
         <v>58</v>
       </c>
       <c r="E154" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F154">
         <v>2002</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
-        <v>158</v>
+        <v>304</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>315</v>
+      </c>
+      <c r="B155" t="s">
         <v>316</v>
       </c>
-      <c r="B155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D155" t="s">
         <v>58</v>
       </c>
       <c r="E155" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F155">
         <v>2002</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>317</v>
+      </c>
+      <c r="B156" t="s">
         <v>318</v>
       </c>
-      <c r="B156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D156" t="s">
         <v>58</v>
       </c>
       <c r="E156" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F156">
         <v>2002</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
+        <v>319</v>
+      </c>
+      <c r="B157" t="s">
         <v>320</v>
       </c>
-      <c r="B157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D157" t="s">
         <v>58</v>
       </c>
       <c r="E157" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F157">
         <v>2002</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>321</v>
+      </c>
+      <c r="B158" t="s">
         <v>322</v>
       </c>
-      <c r="B158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D158" t="s">
         <v>58</v>
       </c>
       <c r="E158" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F158">
         <v>2002</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>246</v>
+        <v>161</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>323</v>
+      </c>
+      <c r="B159" t="s">
         <v>324</v>
       </c>
-      <c r="B159" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D159" t="s">
         <v>58</v>
       </c>
       <c r="E159" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F159">
         <v>2002</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>243</v>
+        <v>49</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
+        <v>325</v>
+      </c>
+      <c r="B160" t="s">
         <v>326</v>
       </c>
-      <c r="B160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D160" t="s">
         <v>58</v>
       </c>
       <c r="E160" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F160">
         <v>2002</v>
       </c>
       <c r="G160"/>
       <c r="H160" t="s">
-        <v>97</v>
+        <v>249</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>327</v>
+      </c>
+      <c r="B161" t="s">
         <v>328</v>
       </c>
-      <c r="B161" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D161" t="s">
         <v>58</v>
       </c>
       <c r="E161" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F161">
         <v>2002</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>97</v>
+        <v>246</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>329</v>
+      </c>
+      <c r="B162" t="s">
         <v>330</v>
       </c>
-      <c r="B162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D162" t="s">
         <v>58</v>
       </c>
       <c r="E162" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F162">
         <v>2002</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>331</v>
+      </c>
+      <c r="B163" t="s">
         <v>332</v>
       </c>
-      <c r="B163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D163" t="s">
         <v>58</v>
       </c>
       <c r="E163" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F163">
         <v>2002</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>49</v>
+        <v>97</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>333</v>
+      </c>
+      <c r="B164" t="s">
         <v>334</v>
       </c>
-      <c r="B164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D164" t="s">
         <v>58</v>
       </c>
       <c r="E164" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F164">
         <v>2002</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>335</v>
+      </c>
+      <c r="B165" t="s">
         <v>336</v>
       </c>
-      <c r="B165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D165" t="s">
         <v>58</v>
       </c>
       <c r="E165" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F165">
         <v>2002</v>
       </c>
       <c r="G165"/>
       <c r="H165" t="s">
-        <v>173</v>
+        <v>49</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>337</v>
+      </c>
+      <c r="B166" t="s">
         <v>338</v>
       </c>
-      <c r="B166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" t="s">
-        <v>24</v>
+        <v>133</v>
       </c>
       <c r="D166" t="s">
-        <v>122</v>
+        <v>58</v>
       </c>
       <c r="E166" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F166">
         <v>2002</v>
       </c>
-      <c r="G166" t="s">
-[...2 lines deleted...]
-      <c r="H166"/>
+      <c r="G166"/>
+      <c r="H166" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>339</v>
+      </c>
+      <c r="B167" t="s">
         <v>340</v>
       </c>
-      <c r="B167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="D167" t="s">
         <v>58</v>
       </c>
       <c r="E167" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F167">
         <v>2002</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>29</v>
+        <v>176</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>341</v>
+      </c>
+      <c r="B168" t="s">
         <v>342</v>
       </c>
-      <c r="B168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="D168" t="s">
-        <v>58</v>
+        <v>126</v>
       </c>
       <c r="E168" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F168">
         <v>2002</v>
       </c>
-      <c r="G168"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G168" t="s">
+        <v>37</v>
+      </c>
+      <c r="H168"/>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>343</v>
+      </c>
+      <c r="B169" t="s">
         <v>344</v>
       </c>
-      <c r="B169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D169" t="s">
         <v>58</v>
       </c>
       <c r="E169" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F169">
         <v>2002</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
+        <v>345</v>
+      </c>
+      <c r="B170" t="s">
         <v>346</v>
       </c>
-      <c r="B170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C170" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D170" t="s">
         <v>58</v>
       </c>
       <c r="E170" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F170">
         <v>2002</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>246</v>
+        <v>29</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
+        <v>347</v>
+      </c>
+      <c r="B171" t="s">
         <v>348</v>
       </c>
-      <c r="B171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D171" t="s">
         <v>58</v>
       </c>
       <c r="E171" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F171">
         <v>2002</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>246</v>
+        <v>29</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>349</v>
+      </c>
+      <c r="B172" t="s">
         <v>350</v>
       </c>
-      <c r="B172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C172" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D172" t="s">
         <v>58</v>
       </c>
       <c r="E172" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F172">
         <v>2002</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>49</v>
+        <v>249</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>351</v>
+      </c>
+      <c r="B173" t="s">
         <v>352</v>
       </c>
-      <c r="B173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C173" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D173" t="s">
         <v>58</v>
       </c>
       <c r="E173" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F173">
         <v>2002</v>
       </c>
       <c r="G173"/>
       <c r="H173" t="s">
-        <v>49</v>
+        <v>249</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
+        <v>353</v>
+      </c>
+      <c r="B174" t="s">
         <v>354</v>
       </c>
-      <c r="B174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C174" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D174" t="s">
         <v>58</v>
       </c>
       <c r="E174" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F174">
         <v>2002</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
+        <v>355</v>
+      </c>
+      <c r="B175" t="s">
         <v>356</v>
       </c>
-      <c r="B175" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C175" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D175" t="s">
         <v>58</v>
       </c>
       <c r="E175" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F175">
         <v>2002</v>
       </c>
       <c r="G175"/>
       <c r="H175" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
+        <v>357</v>
+      </c>
+      <c r="B176" t="s">
         <v>358</v>
       </c>
-      <c r="B176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C176" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D176" t="s">
         <v>58</v>
       </c>
       <c r="E176" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F176">
         <v>2002</v>
       </c>
       <c r="G176"/>
-      <c r="H176"/>
+      <c r="H176" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
+        <v>359</v>
+      </c>
+      <c r="B177" t="s">
         <v>360</v>
       </c>
-      <c r="B177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C177" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D177" t="s">
         <v>58</v>
       </c>
       <c r="E177" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F177">
         <v>2002</v>
       </c>
       <c r="G177"/>
-      <c r="H177"/>
+      <c r="H177" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>361</v>
+      </c>
+      <c r="B178" t="s">
         <v>362</v>
       </c>
-      <c r="B178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C178" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D178" t="s">
         <v>58</v>
       </c>
       <c r="E178" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F178">
         <v>2002</v>
       </c>
       <c r="G178"/>
-      <c r="H178" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H178"/>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>363</v>
+      </c>
+      <c r="B179" t="s">
         <v>364</v>
       </c>
-      <c r="B179" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C179" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D179" t="s">
         <v>58</v>
       </c>
       <c r="E179" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F179">
         <v>2002</v>
       </c>
       <c r="G179"/>
       <c r="H179"/>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>365</v>
+      </c>
+      <c r="B180" t="s">
         <v>366</v>
       </c>
-      <c r="B180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D180" t="s">
         <v>58</v>
       </c>
       <c r="E180" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F180">
         <v>2002</v>
       </c>
       <c r="G180"/>
-      <c r="H180"/>
+      <c r="H180" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>367</v>
+      </c>
+      <c r="B181" t="s">
         <v>368</v>
       </c>
-      <c r="B181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C181" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D181" t="s">
         <v>58</v>
       </c>
       <c r="E181" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F181">
         <v>2002</v>
       </c>
       <c r="G181"/>
       <c r="H181"/>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>369</v>
+      </c>
+      <c r="B182" t="s">
         <v>370</v>
       </c>
-      <c r="B182" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C182" t="s">
-        <v>92</v>
+        <v>133</v>
       </c>
       <c r="D182" t="s">
         <v>58</v>
       </c>
       <c r="E182" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F182">
         <v>2002</v>
       </c>
       <c r="G182"/>
-      <c r="H182" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H182"/>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>371</v>
+      </c>
+      <c r="B183" t="s">
         <v>372</v>
       </c>
-      <c r="B183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C183" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D183" t="s">
         <v>58</v>
       </c>
       <c r="E183" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F183">
         <v>2002</v>
       </c>
       <c r="G183"/>
-      <c r="H183" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H183"/>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>373</v>
+      </c>
+      <c r="B184" t="s">
         <v>374</v>
       </c>
-      <c r="B184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C184" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="D184" t="s">
         <v>58</v>
       </c>
       <c r="E184" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F184">
         <v>2002</v>
       </c>
       <c r="G184"/>
       <c r="H184" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>375</v>
       </c>
       <c r="B185" t="s">
         <v>376</v>
       </c>
       <c r="C185" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D185" t="s">
         <v>58</v>
       </c>
       <c r="E185" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F185">
         <v>2002</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
-        <v>173</v>
+        <v>45</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>377</v>
       </c>
       <c r="B186" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="C186" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D186" t="s">
         <v>58</v>
       </c>
       <c r="E186" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F186">
         <v>2002</v>
       </c>
       <c r="G186"/>
-      <c r="H186"/>
+      <c r="H186" t="s">
+        <v>176</v>
+      </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
+        <v>378</v>
+      </c>
+      <c r="B187" t="s">
         <v>379</v>
       </c>
-      <c r="B187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C187" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D187" t="s">
         <v>58</v>
       </c>
       <c r="E187" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F187">
         <v>2002</v>
       </c>
       <c r="G187"/>
       <c r="H187" t="s">
-        <v>240</v>
+        <v>176</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>380</v>
+      </c>
+      <c r="B188" t="s">
         <v>381</v>
       </c>
-      <c r="B188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C188" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D188" t="s">
         <v>58</v>
       </c>
       <c r="E188" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F188">
         <v>2002</v>
       </c>
       <c r="G188"/>
       <c r="H188"/>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>382</v>
+      </c>
+      <c r="B189" t="s">
         <v>383</v>
       </c>
-      <c r="B189" t="s">
+      <c r="C189" t="s">
+        <v>133</v>
+      </c>
+      <c r="D189" t="s">
+        <v>58</v>
+      </c>
+      <c r="E189" t="s">
+        <v>130</v>
+      </c>
+      <c r="F189">
+        <v>2002</v>
+      </c>
+      <c r="G189"/>
+      <c r="H189" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
         <v>384</v>
       </c>
-      <c r="C189" t="s">
+      <c r="B190" t="s">
+        <v>385</v>
+      </c>
+      <c r="C190" t="s">
+        <v>133</v>
+      </c>
+      <c r="D190" t="s">
+        <v>58</v>
+      </c>
+      <c r="E190" t="s">
+        <v>130</v>
+      </c>
+      <c r="F190">
+        <v>2002</v>
+      </c>
+      <c r="G190"/>
+      <c r="H190"/>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>386</v>
+      </c>
+      <c r="B191" t="s">
+        <v>387</v>
+      </c>
+      <c r="C191" t="s">
         <v>92</v>
       </c>
-      <c r="D189" t="s">
-[...9 lines deleted...]
-      <c r="H189"/>
+      <c r="D191" t="s">
+        <v>58</v>
+      </c>
+      <c r="E191" t="s">
+        <v>130</v>
+      </c>
+      <c r="F191">
+        <v>2002</v>
+      </c>
+      <c r="G191"/>
+      <c r="H191"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>