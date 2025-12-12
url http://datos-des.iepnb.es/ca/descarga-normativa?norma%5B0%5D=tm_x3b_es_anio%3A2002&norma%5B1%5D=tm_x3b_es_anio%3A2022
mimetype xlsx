--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -110,54 +110,54 @@
   <si>
     <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
@@ -2171,51 +2171,51 @@
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>92</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>30</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>94</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
@@ -2223,77 +2223,77 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>92</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>92</v>
       </c>
       <c r="B36" t="s">
         <v>93</v>
       </c>
       <c r="C36" t="s">
         <v>94</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>96</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>29</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
       <c r="H37"/>
@@ -3409,51 +3409,51 @@
       <c r="H84" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>195</v>
       </c>
       <c r="B85" t="s">
         <v>196</v>
       </c>
       <c r="C85" t="s">
         <v>26</v>
       </c>
       <c r="D85" t="s">
         <v>43</v>
       </c>
       <c r="E85" t="s">
         <v>39</v>
       </c>
       <c r="F85">
         <v>2002</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>197</v>
       </c>
       <c r="B86" t="s">
         <v>198</v>
       </c>
       <c r="C86" t="s">
         <v>26</v>
       </c>
       <c r="D86" t="s">
         <v>43</v>
       </c>
       <c r="E86" t="s">
         <v>39</v>
       </c>
       <c r="F86">
         <v>2002</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
         <v>44</v>
       </c>
@@ -4321,51 +4321,51 @@
       <c r="H122" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>273</v>
       </c>
       <c r="B123" t="s">
         <v>274</v>
       </c>
       <c r="C123" t="s">
         <v>26</v>
       </c>
       <c r="D123" t="s">
         <v>43</v>
       </c>
       <c r="E123" t="s">
         <v>39</v>
       </c>
       <c r="F123">
         <v>2002</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>275</v>
       </c>
       <c r="B124" t="s">
         <v>276</v>
       </c>
       <c r="C124" t="s">
         <v>26</v>
       </c>
       <c r="D124" t="s">
         <v>43</v>
       </c>
       <c r="E124" t="s">
         <v>39</v>
       </c>
       <c r="F124">
         <v>2002</v>
       </c>
       <c r="G124"/>
       <c r="H124" t="s">
         <v>44</v>
       </c>
@@ -4609,75 +4609,75 @@
       <c r="H134" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>298</v>
       </c>
       <c r="B135" t="s">
         <v>299</v>
       </c>
       <c r="C135" t="s">
         <v>29</v>
       </c>
       <c r="D135" t="s">
         <v>43</v>
       </c>
       <c r="E135" t="s">
         <v>39</v>
       </c>
       <c r="F135">
         <v>2002</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>300</v>
       </c>
       <c r="B136" t="s">
         <v>301</v>
       </c>
       <c r="C136" t="s">
         <v>29</v>
       </c>
       <c r="D136" t="s">
         <v>43</v>
       </c>
       <c r="E136" t="s">
         <v>39</v>
       </c>
       <c r="F136">
         <v>2002</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>302</v>
       </c>
       <c r="B137" t="s">
         <v>303</v>
       </c>
       <c r="C137" t="s">
         <v>26</v>
       </c>
       <c r="D137" t="s">
         <v>43</v>
       </c>
       <c r="E137" t="s">
         <v>39</v>
       </c>
       <c r="F137">
         <v>2002</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
         <v>63</v>
       </c>