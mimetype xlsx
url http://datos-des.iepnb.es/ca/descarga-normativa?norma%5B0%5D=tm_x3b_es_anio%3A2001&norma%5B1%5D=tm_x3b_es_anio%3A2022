--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -110,54 +110,54 @@
   <si>
     <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
@@ -1919,51 +1919,51 @@
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>92</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>30</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>94</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
@@ -1971,123 +1971,123 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>92</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>92</v>
       </c>
       <c r="B36" t="s">
         <v>93</v>
       </c>
       <c r="C36" t="s">
         <v>94</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>96</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>29</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
       <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>98</v>
       </c>
       <c r="B38" t="s">
         <v>99</v>
       </c>
       <c r="C38" t="s">
         <v>29</v>
       </c>
       <c r="D38" t="s">
         <v>43</v>
       </c>
       <c r="E38"/>
       <c r="F38">
         <v>2001</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>100</v>
       </c>
       <c r="B39" t="s">
         <v>101</v>
       </c>
       <c r="C39"/>
       <c r="D39" t="s">
         <v>21</v>
       </c>
       <c r="E39" t="s">
         <v>22</v>
       </c>
       <c r="F39">
         <v>2001</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="40" spans="1:8">
@@ -2657,51 +2657,51 @@
       <c r="H63" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>154</v>
       </c>
       <c r="B64" t="s">
         <v>145</v>
       </c>
       <c r="C64" t="s">
         <v>29</v>
       </c>
       <c r="D64" t="s">
         <v>43</v>
       </c>
       <c r="E64" t="s">
         <v>39</v>
       </c>
       <c r="F64">
         <v>2001</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>155</v>
       </c>
       <c r="B65" t="s">
         <v>156</v>
       </c>
       <c r="C65" t="s">
         <v>26</v>
       </c>
       <c r="D65" t="s">
         <v>43</v>
       </c>
       <c r="E65" t="s">
         <v>39</v>
       </c>
       <c r="F65">
         <v>2001</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>135</v>
       </c>
@@ -2801,51 +2801,51 @@
       <c r="H69" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>165</v>
       </c>
       <c r="B70" t="s">
         <v>166</v>
       </c>
       <c r="C70" t="s">
         <v>26</v>
       </c>
       <c r="D70" t="s">
         <v>43</v>
       </c>
       <c r="E70" t="s">
         <v>39</v>
       </c>
       <c r="F70">
         <v>2001</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>167</v>
       </c>
       <c r="B71" t="s">
         <v>168</v>
       </c>
       <c r="C71" t="s">
         <v>26</v>
       </c>
       <c r="D71" t="s">
         <v>43</v>
       </c>
       <c r="E71" t="s">
         <v>39</v>
       </c>
       <c r="F71">
         <v>2001</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
         <v>63</v>
       </c>
@@ -3281,51 +3281,51 @@
       <c r="H89" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>205</v>
       </c>
       <c r="B90" t="s">
         <v>206</v>
       </c>
       <c r="C90" t="s">
         <v>26</v>
       </c>
       <c r="D90" t="s">
         <v>43</v>
       </c>
       <c r="E90" t="s">
         <v>39</v>
       </c>
       <c r="F90">
         <v>2001</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>207</v>
       </c>
       <c r="B91" t="s">
         <v>208</v>
       </c>
       <c r="C91" t="s">
         <v>26</v>
       </c>
       <c r="D91" t="s">
         <v>43</v>
       </c>
       <c r="E91" t="s">
         <v>39</v>
       </c>
       <c r="F91">
         <v>2001</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>52</v>
       </c>
@@ -3353,51 +3353,51 @@
       <c r="H92" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>211</v>
       </c>
       <c r="B93" t="s">
         <v>212</v>
       </c>
       <c r="C93" t="s">
         <v>26</v>
       </c>
       <c r="D93" t="s">
         <v>43</v>
       </c>
       <c r="E93" t="s">
         <v>39</v>
       </c>
       <c r="F93">
         <v>2001</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>213</v>
       </c>
       <c r="B94" t="s">
         <v>214</v>
       </c>
       <c r="C94" t="s">
         <v>26</v>
       </c>
       <c r="D94" t="s">
         <v>43</v>
       </c>
       <c r="E94" t="s">
         <v>39</v>
       </c>
       <c r="F94">
         <v>2001</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
         <v>73</v>
       </c>