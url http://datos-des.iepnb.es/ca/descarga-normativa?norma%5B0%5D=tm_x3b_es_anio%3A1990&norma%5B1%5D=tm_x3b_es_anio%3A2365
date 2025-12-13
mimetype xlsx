--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -1330,75 +1330,75 @@
         <v>47</v>
       </c>
       <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>88</v>
       </c>
       <c r="B29" t="s">
         <v>89</v>
       </c>
       <c r="C29" t="s">
         <v>52</v>
       </c>
       <c r="D29" t="s">
         <v>34</v>
       </c>
       <c r="E29" t="s">
         <v>35</v>
       </c>
       <c r="F29">
         <v>1990</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>88</v>
       </c>
       <c r="B30" t="s">
         <v>89</v>
       </c>
       <c r="C30" t="s">
         <v>52</v>
       </c>
       <c r="D30" t="s">
         <v>34</v>
       </c>
       <c r="E30" t="s">
         <v>35</v>
       </c>
       <c r="F30">
         <v>1990</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>90</v>
       </c>
       <c r="B31" t="s">
         <v>91</v>
       </c>
       <c r="C31" t="s">
         <v>33</v>
       </c>
       <c r="D31" t="s">
         <v>34</v>
       </c>
       <c r="E31" t="s">
         <v>35</v>
       </c>
       <c r="F31">
         <v>1990</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
         <v>25</v>
       </c>