--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -1328,75 +1328,75 @@
         <v>46</v>
       </c>
       <c r="H28"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>88</v>
       </c>
       <c r="B29" t="s">
         <v>89</v>
       </c>
       <c r="C29" t="s">
         <v>51</v>
       </c>
       <c r="D29" t="s">
         <v>33</v>
       </c>
       <c r="E29" t="s">
         <v>34</v>
       </c>
       <c r="F29">
         <v>1990</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>88</v>
       </c>
       <c r="B30" t="s">
         <v>89</v>
       </c>
       <c r="C30" t="s">
         <v>51</v>
       </c>
       <c r="D30" t="s">
         <v>33</v>
       </c>
       <c r="E30" t="s">
         <v>34</v>
       </c>
       <c r="F30">
         <v>1990</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>90</v>
       </c>
       <c r="B31" t="s">
         <v>91</v>
       </c>
       <c r="C31" t="s">
         <v>32</v>
       </c>
       <c r="D31" t="s">
         <v>33</v>
       </c>
       <c r="E31" t="s">
         <v>34</v>
       </c>
       <c r="F31">
         <v>1990</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
         <v>24</v>
       </c>