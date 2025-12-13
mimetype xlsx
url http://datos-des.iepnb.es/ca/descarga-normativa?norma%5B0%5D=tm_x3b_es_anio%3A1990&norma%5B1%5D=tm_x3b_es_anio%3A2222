--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -1486,75 +1486,75 @@
         <v>56</v>
       </c>
       <c r="H35"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>98</v>
       </c>
       <c r="B36" t="s">
         <v>99</v>
       </c>
       <c r="C36" t="s">
         <v>61</v>
       </c>
       <c r="D36" t="s">
         <v>43</v>
       </c>
       <c r="E36" t="s">
         <v>44</v>
       </c>
       <c r="F36">
         <v>1990</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>98</v>
       </c>
       <c r="B37" t="s">
         <v>99</v>
       </c>
       <c r="C37" t="s">
         <v>61</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>44</v>
       </c>
       <c r="F37">
         <v>1990</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>100</v>
       </c>
       <c r="B38" t="s">
         <v>101</v>
       </c>
       <c r="C38" t="s">
         <v>42</v>
       </c>
       <c r="D38" t="s">
         <v>43</v>
       </c>
       <c r="E38" t="s">
         <v>44</v>
       </c>
       <c r="F38">
         <v>1990</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
         <v>34</v>
       </c>