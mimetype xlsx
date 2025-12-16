--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -1462,75 +1462,75 @@
         <v>54</v>
       </c>
       <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>94</v>
       </c>
       <c r="B34" t="s">
         <v>95</v>
       </c>
       <c r="C34" t="s">
         <v>59</v>
       </c>
       <c r="D34" t="s">
         <v>42</v>
       </c>
       <c r="E34" t="s">
         <v>43</v>
       </c>
       <c r="F34">
         <v>1990</v>
       </c>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>94</v>
       </c>
       <c r="B35" t="s">
         <v>95</v>
       </c>
       <c r="C35" t="s">
         <v>59</v>
       </c>
       <c r="D35" t="s">
         <v>42</v>
       </c>
       <c r="E35" t="s">
         <v>43</v>
       </c>
       <c r="F35">
         <v>1990</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>96</v>
       </c>
       <c r="B36" t="s">
         <v>97</v>
       </c>
       <c r="C36" t="s">
         <v>41</v>
       </c>
       <c r="D36" t="s">
         <v>42</v>
       </c>
       <c r="E36" t="s">
         <v>43</v>
       </c>
       <c r="F36">
         <v>1990</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
         <v>33</v>
       </c>