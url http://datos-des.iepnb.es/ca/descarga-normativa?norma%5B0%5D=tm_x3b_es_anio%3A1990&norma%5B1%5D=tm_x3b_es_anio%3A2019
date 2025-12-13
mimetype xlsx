--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -2448,75 +2448,75 @@
         <v>29</v>
       </c>
       <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>168</v>
       </c>
       <c r="B66" t="s">
         <v>169</v>
       </c>
       <c r="C66" t="s">
         <v>139</v>
       </c>
       <c r="D66" t="s">
         <v>36</v>
       </c>
       <c r="E66" t="s">
         <v>28</v>
       </c>
       <c r="F66">
         <v>1990</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>168</v>
       </c>
       <c r="B67" t="s">
         <v>169</v>
       </c>
       <c r="C67" t="s">
         <v>139</v>
       </c>
       <c r="D67" t="s">
         <v>36</v>
       </c>
       <c r="E67" t="s">
         <v>28</v>
       </c>
       <c r="F67">
         <v>1990</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>170</v>
       </c>
       <c r="B68" t="s">
         <v>171</v>
       </c>
       <c r="C68" t="s">
         <v>35</v>
       </c>
       <c r="D68" t="s">
         <v>36</v>
       </c>
       <c r="E68" t="s">
         <v>28</v>
       </c>
       <c r="F68">
         <v>1990</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>52</v>
       </c>