--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -2071,75 +2071,75 @@
         <v>11</v>
       </c>
       <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>139</v>
       </c>
       <c r="B54" t="s">
         <v>140</v>
       </c>
       <c r="C54" t="s">
         <v>108</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
         <v>16</v>
       </c>
       <c r="F54">
         <v>1990</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>101</v>
+        <v>67</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>139</v>
       </c>
       <c r="B55" t="s">
         <v>140</v>
       </c>
       <c r="C55" t="s">
         <v>108</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
         <v>16</v>
       </c>
       <c r="F55">
         <v>1990</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>67</v>
+        <v>101</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>141</v>
       </c>
       <c r="B56" t="s">
         <v>142</v>
       </c>
       <c r="C56" t="s">
         <v>23</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
         <v>16</v>
       </c>
       <c r="F56">
         <v>1990</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>56</v>
       </c>