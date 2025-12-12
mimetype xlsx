--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -2663,75 +2663,75 @@
       <c r="H62" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>148</v>
       </c>
       <c r="B63" t="s">
         <v>149</v>
       </c>
       <c r="C63" t="s">
         <v>33</v>
       </c>
       <c r="D63" t="s">
         <v>34</v>
       </c>
       <c r="E63" t="s">
         <v>35</v>
       </c>
       <c r="F63">
         <v>2017</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>148</v>
       </c>
       <c r="B64" t="s">
         <v>149</v>
       </c>
       <c r="C64" t="s">
         <v>33</v>
       </c>
       <c r="D64" t="s">
         <v>34</v>
       </c>
       <c r="E64" t="s">
         <v>35</v>
       </c>
       <c r="F64">
         <v>2017</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>150</v>
       </c>
       <c r="B65" t="s">
         <v>151</v>
       </c>
       <c r="C65" t="s">
         <v>138</v>
       </c>
       <c r="D65" t="s">
         <v>34</v>
       </c>
       <c r="E65" t="s">
         <v>35</v>
       </c>
       <c r="F65">
         <v>2017</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>52</v>
       </c>
@@ -4009,75 +4009,75 @@
         <v>36</v>
       </c>
       <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>263</v>
       </c>
       <c r="B120" t="s">
         <v>264</v>
       </c>
       <c r="C120" t="s">
         <v>138</v>
       </c>
       <c r="D120" t="s">
         <v>34</v>
       </c>
       <c r="E120" t="s">
         <v>35</v>
       </c>
       <c r="F120">
         <v>1990</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>263</v>
       </c>
       <c r="B121" t="s">
         <v>264</v>
       </c>
       <c r="C121" t="s">
         <v>138</v>
       </c>
       <c r="D121" t="s">
         <v>34</v>
       </c>
       <c r="E121" t="s">
         <v>35</v>
       </c>
       <c r="F121">
         <v>1990</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>69</v>
+        <v>95</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>265</v>
       </c>
       <c r="B122" t="s">
         <v>266</v>
       </c>
       <c r="C122" t="s">
         <v>33</v>
       </c>
       <c r="D122" t="s">
         <v>34</v>
       </c>
       <c r="E122" t="s">
         <v>35</v>
       </c>
       <c r="F122">
         <v>1990</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>79</v>
       </c>