--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -4001,75 +4001,75 @@
         <v>15</v>
       </c>
       <c r="H120"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>265</v>
       </c>
       <c r="B121" t="s">
         <v>266</v>
       </c>
       <c r="C121" t="s">
         <v>151</v>
       </c>
       <c r="D121" t="s">
         <v>38</v>
       </c>
       <c r="E121" t="s">
         <v>39</v>
       </c>
       <c r="F121">
         <v>1990</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>141</v>
+        <v>235</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>265</v>
       </c>
       <c r="B122" t="s">
         <v>266</v>
       </c>
       <c r="C122" t="s">
         <v>151</v>
       </c>
       <c r="D122" t="s">
         <v>38</v>
       </c>
       <c r="E122" t="s">
         <v>39</v>
       </c>
       <c r="F122">
         <v>1990</v>
       </c>
       <c r="G122"/>
       <c r="H122" t="s">
-        <v>235</v>
+        <v>141</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>267</v>
       </c>
       <c r="B123" t="s">
         <v>268</v>
       </c>
       <c r="C123" t="s">
         <v>37</v>
       </c>
       <c r="D123" t="s">
         <v>38</v>
       </c>
       <c r="E123" t="s">
         <v>39</v>
       </c>
       <c r="F123">
         <v>1990</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
         <v>10</v>
       </c>