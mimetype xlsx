--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -11579,75 +11579,75 @@
         <v>41</v>
       </c>
       <c r="H394"/>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>619</v>
       </c>
       <c r="B395" t="s">
         <v>620</v>
       </c>
       <c r="C395" t="s">
         <v>222</v>
       </c>
       <c r="D395" t="s">
         <v>53</v>
       </c>
       <c r="E395" t="s">
         <v>49</v>
       </c>
       <c r="F395">
         <v>1990</v>
       </c>
       <c r="G395"/>
       <c r="H395" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>619</v>
       </c>
       <c r="B396" t="s">
         <v>620</v>
       </c>
       <c r="C396" t="s">
         <v>222</v>
       </c>
       <c r="D396" t="s">
         <v>53</v>
       </c>
       <c r="E396" t="s">
         <v>49</v>
       </c>
       <c r="F396">
         <v>1990</v>
       </c>
       <c r="G396"/>
       <c r="H396" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>621</v>
       </c>
       <c r="B397" t="s">
         <v>622</v>
       </c>
       <c r="C397" t="s">
         <v>60</v>
       </c>
       <c r="D397" t="s">
         <v>53</v>
       </c>
       <c r="E397" t="s">
         <v>49</v>
       </c>
       <c r="F397">
         <v>1990</v>
       </c>
       <c r="G397"/>
       <c r="H397" t="s">
         <v>11</v>
       </c>