--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -3185,75 +3185,75 @@
         <v>106</v>
       </c>
       <c r="H91"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>213</v>
       </c>
       <c r="B92" t="s">
         <v>214</v>
       </c>
       <c r="C92" t="s">
         <v>183</v>
       </c>
       <c r="D92" t="s">
         <v>25</v>
       </c>
       <c r="E92" t="s">
         <v>26</v>
       </c>
       <c r="F92">
         <v>1990</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>176</v>
+        <v>136</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>213</v>
       </c>
       <c r="B93" t="s">
         <v>214</v>
       </c>
       <c r="C93" t="s">
         <v>183</v>
       </c>
       <c r="D93" t="s">
         <v>25</v>
       </c>
       <c r="E93" t="s">
         <v>26</v>
       </c>
       <c r="F93">
         <v>1990</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>136</v>
+        <v>176</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>215</v>
       </c>
       <c r="B94" t="s">
         <v>216</v>
       </c>
       <c r="C94" t="s">
         <v>24</v>
       </c>
       <c r="D94" t="s">
         <v>25</v>
       </c>
       <c r="E94" t="s">
         <v>26</v>
       </c>
       <c r="F94">
         <v>1990</v>
       </c>
       <c r="G94"/>
       <c r="H94" t="s">
         <v>9</v>
       </c>