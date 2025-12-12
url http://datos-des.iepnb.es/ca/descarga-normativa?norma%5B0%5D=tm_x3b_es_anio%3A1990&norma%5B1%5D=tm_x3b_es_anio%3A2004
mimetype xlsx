--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -4260,75 +4260,75 @@
         <v>78</v>
       </c>
       <c r="H126"/>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>286</v>
       </c>
       <c r="B127" t="s">
         <v>287</v>
       </c>
       <c r="C127" t="s">
         <v>214</v>
       </c>
       <c r="D127" t="s">
         <v>30</v>
       </c>
       <c r="E127" t="s">
         <v>31</v>
       </c>
       <c r="F127">
         <v>1990</v>
       </c>
       <c r="G127"/>
       <c r="H127" t="s">
-        <v>198</v>
+        <v>129</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>286</v>
       </c>
       <c r="B128" t="s">
         <v>287</v>
       </c>
       <c r="C128" t="s">
         <v>214</v>
       </c>
       <c r="D128" t="s">
         <v>30</v>
       </c>
       <c r="E128" t="s">
         <v>31</v>
       </c>
       <c r="F128">
         <v>1990</v>
       </c>
       <c r="G128"/>
       <c r="H128" t="s">
-        <v>129</v>
+        <v>198</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>288</v>
       </c>
       <c r="B129" t="s">
         <v>289</v>
       </c>
       <c r="C129" t="s">
         <v>29</v>
       </c>
       <c r="D129" t="s">
         <v>30</v>
       </c>
       <c r="E129" t="s">
         <v>31</v>
       </c>
       <c r="F129">
         <v>1990</v>
       </c>
       <c r="G129"/>
       <c r="H129" t="s">
         <v>61</v>
       </c>