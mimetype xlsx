--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -3569,75 +3569,75 @@
         <v>57</v>
       </c>
       <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>239</v>
       </c>
       <c r="B104" t="s">
         <v>240</v>
       </c>
       <c r="C104" t="s">
         <v>211</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>28</v>
       </c>
       <c r="F104">
         <v>1990</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>239</v>
       </c>
       <c r="B105" t="s">
         <v>240</v>
       </c>
       <c r="C105" t="s">
         <v>211</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
         <v>28</v>
       </c>
       <c r="F105">
         <v>1990</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>118</v>
+        <v>60</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>241</v>
       </c>
       <c r="B106" t="s">
         <v>242</v>
       </c>
       <c r="C106" t="s">
         <v>27</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
         <v>28</v>
       </c>
       <c r="F106">
         <v>1990</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
         <v>47</v>
       </c>