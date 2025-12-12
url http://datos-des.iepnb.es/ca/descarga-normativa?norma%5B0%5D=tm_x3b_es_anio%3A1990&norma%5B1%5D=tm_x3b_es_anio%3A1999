--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -3313,75 +3313,75 @@
         <v>40</v>
       </c>
       <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>221</v>
       </c>
       <c r="B97" t="s">
         <v>222</v>
       </c>
       <c r="C97" t="s">
         <v>193</v>
       </c>
       <c r="D97" t="s">
         <v>49</v>
       </c>
       <c r="E97" t="s">
         <v>50</v>
       </c>
       <c r="F97">
         <v>1990</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>134</v>
+        <v>43</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>221</v>
       </c>
       <c r="B98" t="s">
         <v>222</v>
       </c>
       <c r="C98" t="s">
         <v>193</v>
       </c>
       <c r="D98" t="s">
         <v>49</v>
       </c>
       <c r="E98" t="s">
         <v>50</v>
       </c>
       <c r="F98">
         <v>1990</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>43</v>
+        <v>134</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>223</v>
       </c>
       <c r="B99" t="s">
         <v>224</v>
       </c>
       <c r="C99" t="s">
         <v>53</v>
       </c>
       <c r="D99" t="s">
         <v>49</v>
       </c>
       <c r="E99" t="s">
         <v>50</v>
       </c>
       <c r="F99">
         <v>1990</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>68</v>
       </c>