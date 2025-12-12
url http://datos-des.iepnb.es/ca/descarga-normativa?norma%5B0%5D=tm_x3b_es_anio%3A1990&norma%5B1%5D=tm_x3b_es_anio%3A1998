--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -3157,75 +3157,75 @@
         <v>84</v>
       </c>
       <c r="H90"/>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>209</v>
       </c>
       <c r="B91" t="s">
         <v>210</v>
       </c>
       <c r="C91" t="s">
         <v>180</v>
       </c>
       <c r="D91" t="s">
         <v>36</v>
       </c>
       <c r="E91" t="s">
         <v>37</v>
       </c>
       <c r="F91">
         <v>1990</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>137</v>
+        <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>209</v>
       </c>
       <c r="B92" t="s">
         <v>210</v>
       </c>
       <c r="C92" t="s">
         <v>180</v>
       </c>
       <c r="D92" t="s">
         <v>36</v>
       </c>
       <c r="E92" t="s">
         <v>37</v>
       </c>
       <c r="F92">
         <v>1990</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>15</v>
+        <v>137</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>211</v>
       </c>
       <c r="B93" t="s">
         <v>212</v>
       </c>
       <c r="C93" t="s">
         <v>35</v>
       </c>
       <c r="D93" t="s">
         <v>36</v>
       </c>
       <c r="E93" t="s">
         <v>37</v>
       </c>
       <c r="F93">
         <v>1990</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
         <v>21</v>
       </c>