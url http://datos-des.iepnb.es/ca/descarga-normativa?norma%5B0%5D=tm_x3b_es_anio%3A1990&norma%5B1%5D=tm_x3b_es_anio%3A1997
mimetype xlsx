--- v0 (2025-10-29)
+++ v1 (2025-12-18)
@@ -2049,75 +2049,75 @@
         <v>102</v>
       </c>
       <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>137</v>
       </c>
       <c r="B53" t="s">
         <v>138</v>
       </c>
       <c r="C53" t="s">
         <v>107</v>
       </c>
       <c r="D53" t="s">
         <v>23</v>
       </c>
       <c r="E53" t="s">
         <v>24</v>
       </c>
       <c r="F53">
         <v>1990</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>137</v>
       </c>
       <c r="B54" t="s">
         <v>138</v>
       </c>
       <c r="C54" t="s">
         <v>107</v>
       </c>
       <c r="D54" t="s">
         <v>23</v>
       </c>
       <c r="E54" t="s">
         <v>24</v>
       </c>
       <c r="F54">
         <v>1990</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>139</v>
       </c>
       <c r="B55" t="s">
         <v>140</v>
       </c>
       <c r="C55" t="s">
         <v>22</v>
       </c>
       <c r="D55" t="s">
         <v>23</v>
       </c>
       <c r="E55" t="s">
         <v>24</v>
       </c>
       <c r="F55">
         <v>1990</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
         <v>28</v>
       </c>