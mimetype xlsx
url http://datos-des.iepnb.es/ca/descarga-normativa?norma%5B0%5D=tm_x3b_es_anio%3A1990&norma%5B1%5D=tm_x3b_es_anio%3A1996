--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -2704,75 +2704,75 @@
         <v>47</v>
       </c>
       <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>182</v>
       </c>
       <c r="B75" t="s">
         <v>183</v>
       </c>
       <c r="C75" t="s">
         <v>153</v>
       </c>
       <c r="D75" t="s">
         <v>30</v>
       </c>
       <c r="E75" t="s">
         <v>31</v>
       </c>
       <c r="F75">
         <v>1990</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>182</v>
       </c>
       <c r="B76" t="s">
         <v>183</v>
       </c>
       <c r="C76" t="s">
         <v>153</v>
       </c>
       <c r="D76" t="s">
         <v>30</v>
       </c>
       <c r="E76" t="s">
         <v>31</v>
       </c>
       <c r="F76">
         <v>1990</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>184</v>
       </c>
       <c r="B77" t="s">
         <v>185</v>
       </c>
       <c r="C77" t="s">
         <v>29</v>
       </c>
       <c r="D77" t="s">
         <v>30</v>
       </c>
       <c r="E77" t="s">
         <v>31</v>
       </c>
       <c r="F77">
         <v>1990</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
         <v>35</v>
       </c>