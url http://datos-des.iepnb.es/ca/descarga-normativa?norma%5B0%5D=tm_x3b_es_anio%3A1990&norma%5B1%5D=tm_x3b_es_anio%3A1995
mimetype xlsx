--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -3716,75 +3716,75 @@
         <v>12</v>
       </c>
       <c r="H109"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>244</v>
       </c>
       <c r="B110" t="s">
         <v>245</v>
       </c>
       <c r="C110" t="s">
         <v>216</v>
       </c>
       <c r="D110" t="s">
         <v>39</v>
       </c>
       <c r="E110" t="s">
         <v>40</v>
       </c>
       <c r="F110">
         <v>1990</v>
       </c>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>244</v>
       </c>
       <c r="B111" t="s">
         <v>245</v>
       </c>
       <c r="C111" t="s">
         <v>216</v>
       </c>
       <c r="D111" t="s">
         <v>39</v>
       </c>
       <c r="E111" t="s">
         <v>40</v>
       </c>
       <c r="F111">
         <v>1990</v>
       </c>
       <c r="G111"/>
       <c r="H111" t="s">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>246</v>
       </c>
       <c r="B112" t="s">
         <v>247</v>
       </c>
       <c r="C112" t="s">
         <v>38</v>
       </c>
       <c r="D112" t="s">
         <v>39</v>
       </c>
       <c r="E112" t="s">
         <v>40</v>
       </c>
       <c r="F112">
         <v>1990</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>47</v>
       </c>