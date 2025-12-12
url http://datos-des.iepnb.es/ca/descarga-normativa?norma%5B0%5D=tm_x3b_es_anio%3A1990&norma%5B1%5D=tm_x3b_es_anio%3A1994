--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -3015,75 +3015,75 @@
         <v>60</v>
       </c>
       <c r="H85"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>199</v>
       </c>
       <c r="B86" t="s">
         <v>200</v>
       </c>
       <c r="C86" t="s">
         <v>168</v>
       </c>
       <c r="D86" t="s">
         <v>39</v>
       </c>
       <c r="E86" t="s">
         <v>40</v>
       </c>
       <c r="F86">
         <v>1990</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>110</v>
+        <v>33</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>199</v>
       </c>
       <c r="B87" t="s">
         <v>200</v>
       </c>
       <c r="C87" t="s">
         <v>168</v>
       </c>
       <c r="D87" t="s">
         <v>39</v>
       </c>
       <c r="E87" t="s">
         <v>40</v>
       </c>
       <c r="F87">
         <v>1990</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>33</v>
+        <v>110</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>201</v>
       </c>
       <c r="B88" t="s">
         <v>202</v>
       </c>
       <c r="C88" t="s">
         <v>44</v>
       </c>
       <c r="D88" t="s">
         <v>39</v>
       </c>
       <c r="E88" t="s">
         <v>40</v>
       </c>
       <c r="F88">
         <v>1990</v>
       </c>
       <c r="G88"/>
       <c r="H88" t="s">
         <v>19</v>
       </c>