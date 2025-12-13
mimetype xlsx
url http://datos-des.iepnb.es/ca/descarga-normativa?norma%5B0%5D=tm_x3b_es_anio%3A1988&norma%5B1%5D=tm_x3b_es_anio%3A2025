--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -315,50 +315,62 @@
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>pruebaValidacion</t>
   </si>
   <si>
     <t>pruebaAnio</t>
   </si>
   <si>
     <t>Prueba de borrar legislación</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
     <t>prueba alma</t>
   </si>
   <si>
     <t>prueba ejemplo alma</t>
   </si>
   <si>
+    <t>prueba jesus 11 11</t>
+  </si>
+  <si>
+    <t>www.prueba.es</t>
+  </si>
+  <si>
+    <t>Dictamen</t>
+  </si>
+  <si>
+    <t>pruebaa2</t>
+  </si>
+  <si>
     <t>Prueba Alta Validación en Legislación</t>
   </si>
   <si>
     <t>https://www.google.com/test2</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Ejemplos</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
   <si>
     <t>Prueba de nueva norma región de Murcia modificado</t>
   </si>
   <si>
     <t>Región de Murcia</t>
   </si>
   <si>
     <t>Pruebas Boletin oficial</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
@@ -443,53 +455,50 @@
     <t>Prueba Legislación Alta Norma</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Pruebass Legislación Cancelar.</t>
   </si>
   <si>
     <t>Orden TED/452/2025, de 5 de mayo, por la que se modifican los anexos del Real Decreto 139/2011, de 4 de febrero, para el desarrollo del Listado de Especies Silvestres en Régimen de Protección Especial y del Catálogo Español de Especies Amenazadas; del Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo Español de Especies Exóticas Invasoras; y por la que se declara la situación crítica de «Fulica cristata» y «Galemys pyrenaicus» en España.</t>
   </si>
   <si>
     <t>https://www.boe.es/diario_boe/txt.php?id=BOE-A-2025-9192</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>decreto por el que se aprueban los Planes de Gestión de blablabla</t>
   </si>
   <si>
     <t>https://google.es</t>
   </si>
   <si>
     <t>normtiva de declaración de protección</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dictamen</t>
   </si>
   <si>
     <t>Ley 2/1988, de 10 de junio, por la que se declara el parque natural de Somiedo. BOPA 149 de 28 de Junio de 1988</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-as/l/1988/06/10/2</t>
   </si>
   <si>
     <t>Principado de Asturias</t>
   </si>
   <si>
     <t>Ley 4/1988, de 26 de octubre, por la que se declara «Oyambre» Parque Natural. BOE 302, de 17 de diciembre de 1988</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cb/l/1988/10/26/4</t>
   </si>
   <si>
     <t>Ley 7/88, de 30 de marzo, de reclasificación del Parque Nacional de Aigüestortes y Lago de Sant Maurici. BOE 105, de 2 de mayo de 1988</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ct/l/1988/03/30/7</t>
   </si>
   <si>
     <t>En 1987 se envía a la Comisión de la CEE desde el ICONA (08/10/1987), posible entrada oficial en la Comisión el 24/02/1988, las fichas correspondientes a una primera relación de espacios naturales propuestos para ser designados como ZEPA entre los que se incluye el Bosque de Muniellos. Por Acuerdo del Consejo de Gobierno del Principado de Asturias de 29 de enero de 2003 se aprueba la ampliación de ZEPAs preexistentes, entre las que se encuentra el Bosque de Muniellos.</t>
   </si>
@@ -859,51 +868,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H81"/>
+  <dimension ref="A1:H83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="557.864" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="378.622" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -1977,719 +1986,761 @@
       </c>
       <c r="B51" t="s">
         <v>28</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51" t="s">
         <v>96</v>
       </c>
       <c r="F51">
         <v>2025</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>100</v>
       </c>
       <c r="B52" t="s">
         <v>101</v>
       </c>
       <c r="C52"/>
-      <c r="D52"/>
+      <c r="D52" t="s">
+        <v>102</v>
+      </c>
       <c r="E52" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="F52">
         <v>2025</v>
       </c>
-      <c r="G52"/>
+      <c r="G52" t="s">
+        <v>37</v>
+      </c>
       <c r="H52"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>103</v>
       </c>
       <c r="B53" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="F53">
         <v>2025</v>
       </c>
-      <c r="G53"/>
+      <c r="G53" t="s">
+        <v>37</v>
+      </c>
       <c r="H53"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>104</v>
+      </c>
+      <c r="B54" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F54">
         <v>2025</v>
       </c>
       <c r="G54"/>
-      <c r="H54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H54"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>107</v>
       </c>
       <c r="B55" t="s">
         <v>108</v>
       </c>
       <c r="C55"/>
-      <c r="D55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D55"/>
       <c r="E55" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F55">
         <v>2025</v>
       </c>
-      <c r="G55" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G55"/>
+      <c r="H55"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B56" t="s">
         <v>108</v>
       </c>
       <c r="C56"/>
-      <c r="D56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D56"/>
       <c r="E56" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F56">
         <v>2025</v>
       </c>
-      <c r="G56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G56"/>
       <c r="H56" t="s">
-        <v>15</v>
+        <v>110</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>111</v>
       </c>
       <c r="B57" t="s">
-        <v>31</v>
+        <v>112</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E57" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F57">
         <v>2025</v>
       </c>
       <c r="G57" t="s">
-        <v>112</v>
+        <v>37</v>
       </c>
       <c r="H57" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B58" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E58" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F58">
         <v>2025</v>
       </c>
-      <c r="G58"/>
+      <c r="G58" t="s">
+        <v>37</v>
+      </c>
       <c r="H58" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>115</v>
+      </c>
+      <c r="B59" t="s">
+        <v>31</v>
+      </c>
+      <c r="C59"/>
+      <c r="D59" t="s">
+        <v>113</v>
+      </c>
+      <c r="E59" t="s">
+        <v>106</v>
+      </c>
+      <c r="F59">
+        <v>2025</v>
+      </c>
+      <c r="G59" t="s">
+        <v>116</v>
+      </c>
+      <c r="H59" t="s">
         <v>114</v>
       </c>
-      <c r="B59" t="s">
-[...13 lines deleted...]
-      <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B60" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="C60"/>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>113</v>
+      </c>
       <c r="E60" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F60">
         <v>2025</v>
       </c>
-      <c r="G60" t="s">
-[...2 lines deleted...]
-      <c r="H60"/>
+      <c r="G60"/>
+      <c r="H60" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B61" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="C61"/>
-      <c r="D61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D61"/>
       <c r="E61" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F61">
         <v>2025</v>
       </c>
       <c r="G61" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>119</v>
       </c>
       <c r="B62" t="s">
-        <v>120</v>
-[...6 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="C62"/>
+      <c r="D62"/>
       <c r="E62" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F62">
         <v>2025</v>
       </c>
-      <c r="G62"/>
+      <c r="G62" t="s">
+        <v>26</v>
+      </c>
       <c r="H62"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B63" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="C63"/>
       <c r="D63" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="E63" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F63">
         <v>2025</v>
       </c>
-      <c r="G63"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G63" t="s">
+        <v>37</v>
+      </c>
+      <c r="H63"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B64" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="C64" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D64" t="s">
-        <v>58</v>
+        <v>126</v>
       </c>
       <c r="E64" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F64">
         <v>2025</v>
       </c>
       <c r="G64"/>
-      <c r="H64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>127</v>
+      </c>
+      <c r="B65" t="s">
+        <v>128</v>
+      </c>
+      <c r="C65" t="s">
+        <v>57</v>
+      </c>
+      <c r="D65" t="s">
+        <v>129</v>
+      </c>
+      <c r="E65" t="s">
         <v>130</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="F65">
+        <v>2025</v>
+      </c>
+      <c r="G65"/>
+      <c r="H65" t="s">
         <v>131</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>132</v>
       </c>
       <c r="B66" t="s">
-        <v>33</v>
+        <v>108</v>
       </c>
       <c r="C66" t="s">
         <v>133</v>
       </c>
       <c r="D66" t="s">
-        <v>122</v>
+        <v>58</v>
       </c>
       <c r="E66" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F66">
         <v>2025</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>134</v>
       </c>
       <c r="B67" t="s">
+        <v>108</v>
+      </c>
+      <c r="C67" t="s">
         <v>135</v>
       </c>
-      <c r="C67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D67" t="s">
-        <v>125</v>
+        <v>58</v>
       </c>
       <c r="E67" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F67">
         <v>2025</v>
       </c>
-      <c r="G67"/>
+      <c r="G67" t="s">
+        <v>26</v>
+      </c>
       <c r="H67" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>136</v>
       </c>
       <c r="B68" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C68" t="s">
-        <v>57</v>
+        <v>137</v>
       </c>
       <c r="D68" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E68" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F68">
         <v>2025</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B69" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C69" t="s">
-        <v>139</v>
+        <v>57</v>
       </c>
       <c r="D69" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="E69" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F69">
         <v>2025</v>
       </c>
-      <c r="G69" t="s">
-[...2 lines deleted...]
-      <c r="H69"/>
+      <c r="G69"/>
+      <c r="H69" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>59</v>
+        <v>140</v>
       </c>
       <c r="B70" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="C70" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D70" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="E70" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F70">
         <v>2025</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B71" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-      <c r="D71"/>
+        <v>142</v>
+      </c>
+      <c r="C71" t="s">
+        <v>143</v>
+      </c>
+      <c r="D71" t="s">
+        <v>126</v>
+      </c>
       <c r="E71" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F71">
         <v>2025</v>
       </c>
-      <c r="G71"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G71" t="s">
+        <v>37</v>
+      </c>
+      <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>142</v>
+        <v>59</v>
       </c>
       <c r="B72" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="C72" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="D72" t="s">
-        <v>143</v>
+        <v>126</v>
       </c>
       <c r="E72" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F72">
         <v>2025</v>
       </c>
-      <c r="G72" t="s">
-[...2 lines deleted...]
-      <c r="H72"/>
+      <c r="G72"/>
+      <c r="H72" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>144</v>
       </c>
       <c r="B73" t="s">
         <v>145</v>
       </c>
       <c r="C73"/>
-      <c r="D73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D73"/>
       <c r="E73" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="F73">
-        <v>1988</v>
+        <v>2025</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>146</v>
+        <v>49</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B74" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="C74"/>
+        <v>28</v>
+      </c>
+      <c r="C74" t="s">
+        <v>125</v>
+      </c>
       <c r="D74" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="E74" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="F74">
-        <v>1988</v>
-[...4 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="G74" t="s">
+        <v>26</v>
+      </c>
+      <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B75" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E75" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F75">
         <v>1988</v>
       </c>
       <c r="G75"/>
-      <c r="H75"/>
+      <c r="H75" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>150</v>
+      </c>
+      <c r="B76" t="s">
         <v>151</v>
       </c>
-      <c r="B76" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C76"/>
       <c r="D76" t="s">
-        <v>58</v>
+        <v>113</v>
       </c>
       <c r="E76" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F76">
         <v>1988</v>
       </c>
-      <c r="G76" t="s">
-[...2 lines deleted...]
-      <c r="H76"/>
+      <c r="G76"/>
+      <c r="H76" t="s">
+        <v>114</v>
+      </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B77" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="C77"/>
       <c r="D77" t="s">
-        <v>58</v>
+        <v>113</v>
       </c>
       <c r="E77" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="F77">
         <v>1988</v>
       </c>
       <c r="G77"/>
-      <c r="H77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H77"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B78" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="C78" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="D78" t="s">
         <v>58</v>
       </c>
       <c r="E78" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F78">
         <v>1988</v>
       </c>
-      <c r="G78"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G78" t="s">
+        <v>37</v>
+      </c>
+      <c r="H78"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B79" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C79" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D79" t="s">
         <v>58</v>
       </c>
       <c r="E79" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F79">
         <v>1988</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>15</v>
+        <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>160</v>
+      </c>
+      <c r="B80" t="s">
         <v>161</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" t="s">
-        <v>121</v>
+        <v>133</v>
       </c>
       <c r="D80" t="s">
         <v>58</v>
       </c>
       <c r="E80" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F80">
         <v>1988</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>163</v>
+        <v>114</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B81" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C81" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D81" t="s">
         <v>58</v>
       </c>
       <c r="E81" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F81">
         <v>1988</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>164</v>
+      </c>
+      <c r="B82" t="s">
+        <v>165</v>
+      </c>
+      <c r="C82" t="s">
+        <v>125</v>
+      </c>
+      <c r="D82" t="s">
+        <v>58</v>
+      </c>
+      <c r="E82" t="s">
+        <v>130</v>
+      </c>
+      <c r="F82">
+        <v>1988</v>
+      </c>
+      <c r="G82"/>
+      <c r="H82" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>167</v>
+      </c>
+      <c r="B83" t="s">
+        <v>168</v>
+      </c>
+      <c r="C83" t="s">
+        <v>133</v>
+      </c>
+      <c r="D83" t="s">
+        <v>58</v>
+      </c>
+      <c r="E83" t="s">
+        <v>130</v>
+      </c>
+      <c r="F83">
+        <v>1988</v>
+      </c>
+      <c r="G83"/>
+      <c r="H83" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>