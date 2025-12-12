--- v0 (2025-10-28)
+++ v1 (2025-12-12)
@@ -110,54 +110,54 @@
   <si>
     <t>DECRETO 172/2022, de 20 de septiembre, del Catálogo de fauna salvaje autóctona amenazada y de medidas de protección y conservación de la fauna salvaje autóctona protegida.</t>
   </si>
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
+    <t>Cantabria</t>
+  </si>
+  <si>
     <t>Cataluña</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cantabria</t>
   </si>
   <si>
     <t>Andalucía</t>
   </si>
   <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
@@ -1475,51 +1475,51 @@
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>92</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>30</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>94</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
@@ -1527,171 +1527,171 @@
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>92</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>92</v>
       </c>
       <c r="B36" t="s">
         <v>93</v>
       </c>
       <c r="C36" t="s">
         <v>94</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>96</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>29</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
       <c r="H37"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>98</v>
       </c>
       <c r="B38" t="s">
         <v>99</v>
       </c>
       <c r="C38"/>
       <c r="D38" t="s">
         <v>21</v>
       </c>
       <c r="E38" t="s">
         <v>22</v>
       </c>
       <c r="F38">
         <v>1983</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>100</v>
       </c>
       <c r="B39" t="s">
         <v>101</v>
       </c>
       <c r="C39" t="s">
         <v>26</v>
       </c>
       <c r="D39" t="s">
         <v>43</v>
       </c>
       <c r="E39" t="s">
         <v>39</v>
       </c>
       <c r="F39">
         <v>1983</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>103</v>
       </c>
       <c r="B40" t="s">
         <v>104</v>
       </c>
       <c r="C40" t="s">
         <v>26</v>
       </c>
       <c r="D40" t="s">
         <v>43</v>
       </c>
       <c r="E40" t="s">
         <v>39</v>
       </c>
       <c r="F40">
         <v>1983</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">