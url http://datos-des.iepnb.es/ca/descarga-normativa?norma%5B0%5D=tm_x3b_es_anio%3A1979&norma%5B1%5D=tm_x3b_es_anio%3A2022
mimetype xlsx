--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -113,56 +113,56 @@
   <si>
     <t>https://dogc.gencat.cat/ca/document-del-dogc/?documentId=937992&amp;validity=1927723&amp;language=ca&amp;traceability=01</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>sg6</t>
   </si>
   <si>
     <t>https://www.google.com/testsg6</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>Entidades locales</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
     <t>Cataluña</t>
   </si>
   <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Andalucía</t>
-[...1 lines deleted...]
-  <si>
     <t>Orden MAM/2734/2002, de 21 de octubre, por la que se incluyen determinadas especies, subespecies y poblaciones en el Catálogo Nacional de Especies Amenazadas y cambian de categoría y se excluyen otras incluidas en el mismo. BOE 265, de 5 de noviembre de 2005.</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/o/2002/10/21/mam2734</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Gobierno</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Orden 2/2022, de 16 de febrero, de la Conselleria de Agricultura, Desarrollo Rural, Emergencia Climática y Transición Ecológica, por la que se actualizan los listados valencianos de especies protegidas de flora y fauna. DOGV 9285 de 24 de febrero de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/o/2022/02/16/2/</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Autonómico</t>
@@ -173,50 +173,59 @@
   <si>
     <t>Orden de 3 de marzo de 2022, de la Consejera de Desarrollo Económico, Sostenibilidad y Medio Ambiente, por la que se actualiza el Catálogo Vasco de Especies Amenazadas de Fauna y Flora Silvestre y Marina, en lo relativo a varias especies de fauna. BOPV 54 de 16 de marzo de 2022</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2022/03/2201233a.shtml</t>
   </si>
   <si>
     <t>País Vasco</t>
   </si>
   <si>
     <t>Orden de 24 de mayo de 2022, de la Consejera de Desarrollo Económico, Sostenibilidad y Medio Ambiente, por la que se modifica el Catálogo Vasco de Especies Amenazadas de Fauna y Flora Silvestre y Marina, y se incluye a la tórtola europea (Streptotelia turtur) en la categoría de especie en peligro de extinción. BOPV 113 de 13 de junio de 2022</t>
   </si>
   <si>
     <t>https://www.euskadi.eus/web01-bopv/es/bopv2/datos/2022/06/2202610a.shtml</t>
   </si>
   <si>
     <t>Decreto 129/2022, de 5 de septiembre, del Gobierno de Aragón, por el que se crea el Listado Aragonés de Especies Silvestres en Régimen de Protección Especial y se regula el Catálogo de Especies Amenazadas de Aragón. BOA 179 de 14/09/2022</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1237365042727&amp;type=pdf</t>
   </si>
   <si>
     <t>Aragón</t>
   </si>
   <si>
+    <t>Real Decreto 159/2022, de 1 de marzo, sobre conservación de los recursos genéticos forestales y de la flora silvestre y por el que se modifica el Real Decreto 1424/2008, de 14 de agosto, por el que se determinan la composición y las funciones de la Comisión Estatal para el Patrimonio Natural y la Biodiversidad, se dictan las normas que regulan su funcionamiento y se establecen los comités especializados adscritos a la misma, y el Real Decreto 1269/2018, de 11 de octubre, por el que se determinan la composición, las funciones y las normas de funcionamiento del Consejo Forestal Nacional.</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/eli/es/rd/2022/03/01/159</t>
+  </si>
+  <si>
+    <t>Real Decreto</t>
+  </si>
+  <si>
     <t>Decreto 90/2022, de 1 de julio, del Consell, por el que se declara monumento natural la Falla del Moraig, de Benitachell. DOGV 9376 de 06 de julio de 2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/es/eli/es-vc/d/2022/07/01/90/</t>
   </si>
   <si>
     <t>Decreto 101/2022, de 29 de julio, del Consell, por el que se declara Paraje Natural Municipal el enclave denominado Bec de l'Àguila, en el término municipal de Mutxamel. DOGV 9405 de 16/08/2022</t>
   </si>
   <si>
     <t>https://dogv.gva.es/datos/2022/08/16/pdf/2022_7562.pdf</t>
   </si>
   <si>
     <t>Decreto 16/2022, de 26 de enero, del Gobierno de Aragón, por el que se modifca el   Decreto 49/2015, de 8 de abril, del Gobierno de Aragón por el que se aprueba el Plan Rector de Uso y Gestión del Parque Nacional de Ordesa y Monte Perdido y su Zona Periférica de Protección. BOA 26 de 08/02/2022</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1205403022828&amp;type=pdf</t>
   </si>
   <si>
     <t>Decreto 111/2022, de 13 de julio, del Gobierno de Aragón, por el que se aprueba el   Plan Rector de Uso y Gestión de la Reserva Natural Dirigida de los Sotos y Galachos del Ebro. BOA 142 de 22/07/2022</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1231826023535&amp;type=pdf</t>
   </si>
   <si>
     <t>Decreto 40/2022, de 17 de mayo, por el que se declara el Paisaje Protegido Valle del Río Ungría en los términos municipales de Atanzón, Brihuega, Caspueñas, Centenera, Gajanejos, Guadalajara, Ledanca, Lupiana, Muduex, Trijueque y Valdeavellano de la provincia de Guadalajara. DOCM 97 de 20 de mayo de 2022</t>
@@ -324,53 +333,50 @@
     <t>Extra-Regio</t>
   </si>
   <si>
     <t>Resolución de 27 de enero de 2022, de la Dirección General de Biodiversidad, Bosques y Desertificación, por la que se publica información técnica y cartográfica actualizada de los humedales de Importancia Internacional del Convenio de Ramsar Laguna de El Hito y Laguna de Manjavacas (Comunidad Autónoma de Castilla-La Mancha).</t>
   </si>
   <si>
     <t>https://www.boe.es/diario_boe/txt.php?id=BOE-A-2022-2043</t>
   </si>
   <si>
     <t>Instrumento de Ratificación de la Convención sobre la Conservación de las Especies Migratorias de Animales Silvestres, hecho en Bonn el 23 de junio de 1979. BOE 259, de 29 de octubre de 1985</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/ai/1979/06/23/(1)</t>
   </si>
   <si>
     <t>Instrumento de ratificación del Convenio relativo a la conservación de la vida silvestre y del medio natural en Europa, hecho en Berna el 19 de septiembre de 1979. BOE 235 de 1 de octubre de 1986</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/ai/1979/09/19/(1)</t>
   </si>
   <si>
     <t>Real Decreto 2610/1979, de 13 de julio, sobre declaración del Parque Natural de las Lagunas de Ruidera y alrededores (Ciudad Real-albacete). BOE 272 de 13 de noviembre de 1979</t>
   </si>
   <si>
     <t>https://www.boe.es/boe/dias/1979/11/13/pdfs/A26234-26235.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>Real Decreto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -674,59 +680,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H40"/>
+  <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="600.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="699.401" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="378.622" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="24.708" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
@@ -1030,662 +1036,686 @@
       <c r="C14" t="s">
         <v>26</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
       <c r="E14" t="s">
         <v>39</v>
       </c>
       <c r="F14">
         <v>2022</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>53</v>
       </c>
       <c r="B15" t="s">
         <v>54</v>
       </c>
       <c r="C15" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15">
         <v>2022</v>
       </c>
-      <c r="G15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G15" t="s">
+        <v>31</v>
+      </c>
+      <c r="H15"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B16" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C16" t="s">
         <v>26</v>
       </c>
       <c r="D16" t="s">
         <v>43</v>
       </c>
       <c r="E16" t="s">
         <v>39</v>
       </c>
       <c r="F16">
         <v>2022</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B17" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C17" t="s">
         <v>26</v>
       </c>
       <c r="D17" t="s">
         <v>43</v>
       </c>
       <c r="E17" t="s">
         <v>39</v>
       </c>
       <c r="F17">
         <v>2022</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B18" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C18" t="s">
         <v>26</v>
       </c>
       <c r="D18" t="s">
         <v>43</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18">
         <v>2022</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B19" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C19" t="s">
         <v>26</v>
       </c>
       <c r="D19" t="s">
         <v>43</v>
       </c>
       <c r="E19" t="s">
         <v>39</v>
       </c>
       <c r="F19">
         <v>2022</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>64</v>
       </c>
       <c r="B20" t="s">
         <v>65</v>
       </c>
       <c r="C20" t="s">
         <v>26</v>
       </c>
       <c r="D20" t="s">
         <v>43</v>
       </c>
       <c r="E20" t="s">
         <v>39</v>
       </c>
       <c r="F20">
         <v>2022</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>67</v>
       </c>
       <c r="B21" t="s">
         <v>68</v>
       </c>
       <c r="C21" t="s">
         <v>26</v>
       </c>
       <c r="D21" t="s">
         <v>43</v>
       </c>
       <c r="E21" t="s">
         <v>39</v>
       </c>
       <c r="F21">
         <v>2022</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B22" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C22" t="s">
         <v>26</v>
       </c>
       <c r="D22" t="s">
         <v>43</v>
       </c>
       <c r="E22" t="s">
         <v>39</v>
       </c>
       <c r="F22">
         <v>2022</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B23" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C23" t="s">
         <v>26</v>
       </c>
       <c r="D23" t="s">
         <v>43</v>
       </c>
       <c r="E23" t="s">
         <v>39</v>
       </c>
       <c r="F23">
         <v>2022</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>74</v>
       </c>
       <c r="B24" t="s">
         <v>75</v>
       </c>
       <c r="C24" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D24" t="s">
         <v>43</v>
       </c>
       <c r="E24" t="s">
         <v>39</v>
       </c>
       <c r="F24">
         <v>2022</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B25" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C25" t="s">
         <v>29</v>
       </c>
       <c r="D25" t="s">
         <v>43</v>
       </c>
       <c r="E25" t="s">
         <v>39</v>
       </c>
       <c r="F25">
         <v>2022</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>77</v>
       </c>
       <c r="B26" t="s">
         <v>78</v>
       </c>
       <c r="C26" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D26" t="s">
         <v>43</v>
       </c>
       <c r="E26" t="s">
         <v>39</v>
       </c>
       <c r="F26">
         <v>2022</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C27" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D27" t="s">
         <v>43</v>
       </c>
       <c r="E27" t="s">
         <v>39</v>
       </c>
       <c r="F27">
         <v>2022</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C28" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D28" t="s">
         <v>43</v>
       </c>
       <c r="E28" t="s">
         <v>39</v>
       </c>
       <c r="F28">
         <v>2022</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D29" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E29" t="s">
         <v>39</v>
       </c>
       <c r="F29">
         <v>2022</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>86</v>
       </c>
       <c r="B30" t="s">
         <v>87</v>
       </c>
       <c r="C30" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D30" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E30" t="s">
         <v>39</v>
       </c>
       <c r="F30">
         <v>2022</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" t="s">
         <v>42</v>
       </c>
       <c r="D31" t="s">
         <v>43</v>
       </c>
       <c r="E31" t="s">
         <v>39</v>
       </c>
       <c r="F31">
         <v>2022</v>
       </c>
       <c r="G31"/>
-      <c r="H31"/>
+      <c r="H31" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C32" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="D32" t="s">
         <v>43</v>
       </c>
       <c r="E32" t="s">
         <v>39</v>
       </c>
       <c r="F32">
         <v>2022</v>
       </c>
       <c r="G32"/>
-      <c r="H32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H32"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C33" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="D33" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="E33" t="s">
         <v>39</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
-      <c r="G33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G33"/>
       <c r="H33" t="s">
-        <v>95</v>
+        <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B34" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C34" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>39</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B35" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C35" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D35" t="s">
         <v>30</v>
       </c>
       <c r="E35" t="s">
         <v>39</v>
       </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
-        <v>33</v>
+        <v>98</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B36" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C36" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D36" t="s">
         <v>30</v>
       </c>
       <c r="E36" t="s">
         <v>39</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>95</v>
+      </c>
+      <c r="B37" t="s">
         <v>96</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>97</v>
       </c>
-      <c r="C37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="E37" t="s">
         <v>39</v>
       </c>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
-      <c r="H37"/>
+      <c r="H37" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B38" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-      <c r="D38"/>
+        <v>100</v>
+      </c>
+      <c r="C38" t="s">
+        <v>29</v>
+      </c>
+      <c r="D38" t="s">
+        <v>43</v>
+      </c>
       <c r="E38" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="F38">
-        <v>1979</v>
+        <v>2022</v>
       </c>
       <c r="G38" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H38"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B39" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39" t="s">
         <v>18</v>
       </c>
       <c r="F39">
         <v>1979</v>
       </c>
       <c r="G39" t="s">
         <v>12</v>
       </c>
       <c r="H39"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B40" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="C40" t="s">
         <v>104</v>
       </c>
-      <c r="D40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C40"/>
+      <c r="D40"/>
       <c r="E40" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="F40">
         <v>1979</v>
       </c>
-      <c r="G40"/>
-[...1 lines deleted...]
-        <v>63</v>
+      <c r="G40" t="s">
+        <v>12</v>
+      </c>
+      <c r="H40"/>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>105</v>
+      </c>
+      <c r="B41" t="s">
+        <v>106</v>
+      </c>
+      <c r="C41" t="s">
+        <v>55</v>
+      </c>
+      <c r="D41" t="s">
+        <v>38</v>
+      </c>
+      <c r="E41" t="s">
+        <v>39</v>
+      </c>
+      <c r="F41">
+        <v>1979</v>
+      </c>
+      <c r="G41"/>
+      <c r="H41" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">