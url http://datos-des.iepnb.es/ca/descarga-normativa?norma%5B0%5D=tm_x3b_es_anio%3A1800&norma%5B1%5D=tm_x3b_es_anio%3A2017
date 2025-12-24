--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="normativa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Enlace</t>
   </si>
   <si>
     <t>Rango norma inferior</t>
   </si>
   <si>
     <t>Rango norma intermedia</t>
   </si>
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
@@ -107,50 +107,56 @@
   <si>
     <t>Ley 2/2017, de 27 de junio, de declaración del Parque Natural Marítimo-Terrestre Es Trenc-Salobrar de Campos. BOE 222, de 14 de septiembre de 2017</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-ib/l/2017/06/27/2</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Illes Balears</t>
   </si>
   <si>
     <t>Ley 1/2017, de 28 de marzo, por la que se amplían los límites del Parque NaturalLago de Sanabria y alrededores (Zamora), se modifica su denominación por la de Parque Natural Lago de Sanabria y Sierras Segundera y de Porto (Zamora), y se establece su régimen de protección, uso y gestión. BOCyL 66 de 5 de abril de 2017</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es-cl/l/2017/03/28/1</t>
   </si>
   <si>
     <t>Castilla y León</t>
   </si>
   <si>
+    <t>Decreto Legislativo 1/2017, de 20 de junio, del Gobierno de Aragón, por el que se aprueba el texto refundido de la Ley de Montes de Aragón</t>
+  </si>
+  <si>
+    <t>https://www.boe.es/buscar/act.php?id=BOA-d-2017-90392</t>
+  </si>
+  <si>
     <t>Decreto 1/2017, de 10 de enero, por el que se declaran Zonas Especiales de Conservación Complejo Endorreico de Espera (ES0000026), Laguna de Medina (ES0000027), Complejo Endorreico de Chiclana (ES0000028), Complejo Endorreico del Puerto de Santa María (ES0000029), Complejo Endorreico de Puerto Real (ES0000030), Laguna de los Tollos (ES6120011), Lagunas de Las Canteras y El Tejón (ES6120014), Laguna de La Ratosa (ES6170001), Lagunas de Campillos (ES6170015), Complejo Endorreico de Utrera (ES6180001), Complejo Endorreico La Lantejuela (ES6180002), Laguna del Gosque (ES6180003) y Laguna de Coripe (ES6180006) y se aprueban el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Cádiz, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Málaga, el Plan de Ordenación de los Recursos Naturales de las Reservas Naturales de las Lagunas de Sevilla.</t>
   </si>
   <si>
     <t>https://www.juntadeandalucia.es/boja/2017/25/3</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
     <t>Resolución de 9 de junio de 2017, de la Dirección General de Calidad y Evaluación Ambiental y Medio Natural, por la que se publica el Acuerdo del Consejo de Ministros de 26 de mayo de 2017, por el que se autoriza la inclusión en la Lista del Convenio de Ramsar, relativo a humedales de importancia internacional, especialmente como hábitat de aves acuáticas, del Marjal de almenara, en la Comunitat Valenciana. BOE 149, de 23 de junio de 2017</t>
   </si>
   <si>
     <t>https://www.boe.es/eli/es/res/2017/06/09/(2)</t>
   </si>
   <si>
     <t>Resolución</t>
@@ -218,54 +224,54 @@
   <si>
     <t>Decreto 171/2017, de 17 de octubre, por el que se declara el Lugar de Interés Científico Minas de Santa Marta, en el término municipal de Santa Marta de los Barros (Badajoz). DOE 203 de 23 de octubre de 2017</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/pdfs/doe/2017/2030o/17040182.pdf</t>
   </si>
   <si>
     <t>Decreto 141/2017, de 5 de septiembre, por el que se declara el Parque Periurbano de Conservación y Ocio Los Baselisos, en el término municipal de Maguilla.DOE 175(12/9/2017)</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/eli/es-ex/d/2017/09/05/141/dof/spa/pdf</t>
   </si>
   <si>
     <t>Decreto 142/2017, de 5 de septiembre, por el que se declara el Parque Periurbano de Conservación y Ocio El Chaparral, en el término municipal de La Albuera.DOE 175(12/9/2017)</t>
   </si>
   <si>
     <t>https://doe.juntaex.es/eli/es-ex/d/2017/09/05/142/dof/spa/pdf</t>
   </si>
   <si>
     <t>Decreto Foral 45/2017, de 24 de mayo, por el que se designa el Lugar de Importancia Comunitaria denominado "Sierra de Artxuga, Zarikieta y Montes de Areta" como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación y se actualiza el Plan Rector de Uso y Gestión de las Reservas Naturales "Foz de Iñarbe" (RN-9), "Poche de Chinchurrenea" (RN-10) y "Gaztelu" (RN-11). BON 132 de 10/07/2017</t>
   </si>
   <si>
     <t>http://www.lexnavarra.navarra.es/detalle.asp?r=39038</t>
   </si>
   <si>
+    <t>Canarias</t>
+  </si>
+  <si>
     <t>Comunidad Foral de Navarra</t>
-  </si>
-[...1 lines deleted...]
-    <t>Canarias</t>
   </si>
   <si>
     <t>Decreto Foral 120/2017, de 27 de diciembre, por el que se designa el Lugar de Importancia Comunitaria denominado Bardenas Reales como Zona Especial de Conservación, se aprueba el Plan de Gestión de la Zona Especial de Conservación, de la ZEPA ES0000171 El Plano-Blanca alta, de la ZEPA ES0000172 Rincón del Bu-La Nasa-Tripazul y del enclave Natural Pinar de Santa Águeda (EN-4), y se actualiza el Plan Rector de Uso y Gestión de las reservas naturales Vedado de Eguaras (RN-31), Rincón del Bu (RN-36) y Caídas de la Negra (RN-37). BON 20 de 29 de enero de 2018</t>
   </si>
   <si>
     <t>https://bon.navarra.es/es/Anuncio/-/texto/2018/20/0/</t>
   </si>
   <si>
     <t>Decreto 10/2017, de 27 de enero, del Consell, por el que se declaran como zonas especiales de conservación (ZEC) los lugares de importancia comunitaria (LIC) la Sierra de Martés y el Ave, la Muela de Cortes y el Caroche, Valle de Ayora y la Sierra del Boquerón, Sierra de Enguera, y Sierra de Malacara, se modifica el ámbito territorial de la zona de especial protección para las aves (ZEPA) denominada Sierras de Martés-Muela de Cortes, y se aprueba la Norma de gestión de tales ZEC y ZEPA, así como de la ZEPA la Sierra de Malacara. DOCV 7981 de 16 de febrero de 2017</t>
   </si>
   <si>
     <t>http://www.dogv.gva.es/datos/2017/02/16/pdf/2017_1237.pdf</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Resolución del Consejero de Medio Ambiente, Agricultura y Pesca de inclusión y recatalogación de especies en el Catálogo Balear de Especies Amenazadas y de Especial Protección. BOIB 131, de 26 de octubre de 2017.</t>
   </si>
   <si>
     <t>https://intranet.caib.es/eboibfront/es/2017/10727/601012/Resolución-del-consejero-de-medio-ambiente-agricul</t>
   </si>
   <si>
     <t>Decreto 3/2017, de 10 de enero, por el que se aprueba la parte Normativa del Plan Rector de Uso y Gestión del Parque Natural de Armañón, y se Ordena la publicación íntegra del Plan Rector de Uso y Gestión y Documento de Directrices y Actuaciones de Gestión para el Parque Natural y la Zona Especial De Conservación (ZEC) Armañón ES2130001. BOPV 16, de 24 de enero de 2017</t>
   </si>
@@ -995,51 +1001,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H95"/>
+  <dimension ref="A1:H96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="1093.447" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -1190,2115 +1196,2135 @@
       <c r="B8" t="s">
         <v>29</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8">
         <v>2017</v>
       </c>
       <c r="G8"/>
       <c r="H8" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>31</v>
       </c>
       <c r="B9" t="s">
         <v>32</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C9"/>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="F9">
         <v>2017</v>
       </c>
-      <c r="G9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G9"/>
       <c r="H9"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C10" t="s">
+        <v>35</v>
+      </c>
+      <c r="D10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10">
+        <v>2017</v>
+      </c>
+      <c r="G10" t="s">
         <v>38</v>
-      </c>
-[...13 lines deleted...]
-        <v>36</v>
       </c>
       <c r="H10"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" t="s">
         <v>40</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>41</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E11" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F11">
         <v>2017</v>
       </c>
-      <c r="G11"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G11" t="s">
+        <v>38</v>
+      </c>
+      <c r="H11"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" t="s">
         <v>43</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F12">
         <v>2017</v>
       </c>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>45</v>
       </c>
       <c r="B13" t="s">
         <v>46</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F13">
         <v>2017</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>48</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F14">
         <v>2017</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>49</v>
+      </c>
+      <c r="B15" t="s">
         <v>50</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F15">
         <v>2017</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="B16" t="s">
         <v>53</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F16">
         <v>2017</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="B17" t="s">
         <v>55</v>
       </c>
       <c r="C17" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E17" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F17">
         <v>2017</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>56</v>
       </c>
       <c r="B18" t="s">
         <v>57</v>
       </c>
       <c r="C18" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D18" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E18" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F18">
         <v>2017</v>
       </c>
       <c r="G18"/>
       <c r="H18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>58</v>
       </c>
       <c r="B19" t="s">
         <v>59</v>
       </c>
       <c r="C19" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D19" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E19" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F19">
         <v>2017</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>60</v>
       </c>
       <c r="B20" t="s">
         <v>61</v>
       </c>
       <c r="C20" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D20" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F20">
         <v>2017</v>
       </c>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
         <v>62</v>
       </c>
       <c r="B21" t="s">
         <v>63</v>
       </c>
       <c r="C21" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D21" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E21" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F21">
         <v>2017</v>
       </c>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>64</v>
       </c>
       <c r="B22" t="s">
         <v>65</v>
       </c>
       <c r="C22" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D22" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E22" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F22">
         <v>2017</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>66</v>
       </c>
       <c r="B23" t="s">
         <v>67</v>
       </c>
       <c r="C23" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D23" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E23" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F23">
         <v>2017</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>68</v>
+        <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D24" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E24" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F24">
         <v>2017</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C25" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D25" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E25" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F25">
         <v>2017</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>72</v>
       </c>
       <c r="B26" t="s">
         <v>73</v>
       </c>
       <c r="C26" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D26" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E26" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F26">
         <v>2017</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" t="s">
         <v>75</v>
       </c>
-      <c r="B27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D27" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E27" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F27">
         <v>2017</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>77</v>
       </c>
       <c r="B28" t="s">
         <v>78</v>
       </c>
       <c r="C28" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D28" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E28" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F28">
         <v>2017</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>79</v>
+      </c>
+      <c r="B29" t="s">
         <v>80</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D29" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E29" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F29">
         <v>2017</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>52</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>82</v>
       </c>
       <c r="B30" t="s">
         <v>83</v>
       </c>
       <c r="C30" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D30" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E30" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F30">
         <v>2017</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>84</v>
       </c>
       <c r="B31" t="s">
         <v>85</v>
       </c>
       <c r="C31" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D31" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E31" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F31">
         <v>2017</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>68</v>
+        <v>44</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>86</v>
       </c>
       <c r="B32" t="s">
         <v>87</v>
       </c>
       <c r="C32" t="s">
-        <v>88</v>
+        <v>35</v>
       </c>
       <c r="D32" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E32" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F32">
         <v>2017</v>
       </c>
-      <c r="G32" t="s">
-[...2 lines deleted...]
-      <c r="H32"/>
+      <c r="G32"/>
+      <c r="H32" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>88</v>
+      </c>
+      <c r="B33" t="s">
         <v>89</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>90</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>92</v>
+        <v>36</v>
       </c>
       <c r="E33" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F33">
         <v>2017</v>
       </c>
       <c r="G33" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="H33"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>91</v>
+      </c>
+      <c r="B34" t="s">
+        <v>92</v>
+      </c>
+      <c r="C34" t="s">
         <v>93</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
         <v>94</v>
       </c>
-      <c r="C34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E34" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F34">
         <v>2017</v>
       </c>
-      <c r="G34"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G34" t="s">
+        <v>38</v>
+      </c>
+      <c r="H34"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>95</v>
+      </c>
+      <c r="B35" t="s">
         <v>96</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D35" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E35" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F35">
         <v>2017</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>98</v>
       </c>
       <c r="B36" t="s">
         <v>99</v>
       </c>
       <c r="C36" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D36" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E36" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F36">
         <v>2017</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>100</v>
       </c>
       <c r="B37" t="s">
         <v>101</v>
       </c>
       <c r="C37" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D37" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E37" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F37">
         <v>2017</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>102</v>
       </c>
       <c r="B38" t="s">
         <v>103</v>
       </c>
       <c r="C38" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D38" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E38" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F38">
         <v>2017</v>
       </c>
       <c r="G38"/>
       <c r="H38" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>104</v>
       </c>
       <c r="B39" t="s">
         <v>105</v>
       </c>
       <c r="C39" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D39" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E39" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F39">
         <v>2017</v>
       </c>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>106</v>
       </c>
       <c r="B40" t="s">
         <v>107</v>
       </c>
       <c r="C40" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D40" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E40" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F40">
         <v>2017</v>
       </c>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>108</v>
       </c>
       <c r="B41" t="s">
         <v>109</v>
       </c>
       <c r="C41" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D41" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E41" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F41">
         <v>2017</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>110</v>
       </c>
       <c r="B42" t="s">
         <v>111</v>
       </c>
       <c r="C42" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D42" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E42" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F42">
         <v>2017</v>
       </c>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>112</v>
       </c>
       <c r="B43" t="s">
         <v>113</v>
       </c>
       <c r="C43" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D43" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E43" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F43">
         <v>2017</v>
       </c>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>9</v>
+        <v>97</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>114</v>
       </c>
       <c r="B44" t="s">
         <v>115</v>
       </c>
       <c r="C44" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D44" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E44" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F44">
         <v>2017</v>
       </c>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>95</v>
+        <v>9</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>116</v>
       </c>
       <c r="B45" t="s">
         <v>117</v>
       </c>
       <c r="C45" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D45" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E45" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F45">
         <v>2017</v>
       </c>
       <c r="G45"/>
-      <c r="H45"/>
+      <c r="H45" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>118</v>
       </c>
       <c r="B46" t="s">
         <v>119</v>
       </c>
       <c r="C46" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D46" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E46" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F46">
         <v>2017</v>
       </c>
       <c r="G46"/>
-      <c r="H46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H46"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>120</v>
+      </c>
+      <c r="B47" t="s">
         <v>121</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D47" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E47" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F47">
         <v>2017</v>
       </c>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>123</v>
       </c>
       <c r="B48" t="s">
         <v>124</v>
       </c>
       <c r="C48" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D48" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E48" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F48">
         <v>2017</v>
       </c>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>52</v>
+        <v>122</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>125</v>
       </c>
       <c r="B49" t="s">
         <v>126</v>
       </c>
       <c r="C49" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D49" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E49" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F49">
         <v>2017</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>127</v>
       </c>
       <c r="B50" t="s">
         <v>128</v>
       </c>
       <c r="C50" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D50" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E50" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F50">
         <v>2017</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>129</v>
       </c>
       <c r="B51" t="s">
         <v>130</v>
       </c>
       <c r="C51" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D51" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E51" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F51">
         <v>2017</v>
       </c>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>131</v>
+        <v>71</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>131</v>
+      </c>
+      <c r="B52" t="s">
         <v>132</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D52" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E52" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F52">
         <v>2017</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>68</v>
+        <v>133</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>134</v>
       </c>
       <c r="B53" t="s">
         <v>135</v>
       </c>
       <c r="C53" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D53" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E53" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F53">
         <v>2017</v>
       </c>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B54" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C54" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D54" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E54" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F54">
         <v>2017</v>
       </c>
       <c r="G54"/>
       <c r="H54" t="s">
-        <v>69</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>136</v>
       </c>
       <c r="B55" t="s">
         <v>137</v>
       </c>
       <c r="C55" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="D55" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E55" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F55">
         <v>2017</v>
       </c>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>138</v>
+      </c>
+      <c r="B56" t="s">
         <v>139</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>140</v>
       </c>
-      <c r="C56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E56" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F56">
         <v>2017</v>
       </c>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>141</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>141</v>
+      </c>
+      <c r="B57" t="s">
         <v>142</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D57" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E57" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F57">
         <v>2017</v>
       </c>
       <c r="G57"/>
       <c r="H57" t="s">
-        <v>68</v>
+        <v>143</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B58" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C58" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D58" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E58" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F58">
         <v>2017</v>
       </c>
       <c r="G58"/>
       <c r="H58" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>144</v>
       </c>
       <c r="B59" t="s">
         <v>145</v>
       </c>
       <c r="C59" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D59" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E59" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F59">
         <v>2017</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B60" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C60" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D60" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E60" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F60">
         <v>2017</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>146</v>
       </c>
       <c r="B61" t="s">
         <v>147</v>
       </c>
       <c r="C61" t="s">
-        <v>88</v>
+        <v>35</v>
       </c>
       <c r="D61" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E61" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F61">
         <v>2017</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B62" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C62" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D62" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E62" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F62">
         <v>2017</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>148</v>
       </c>
       <c r="B63" t="s">
         <v>149</v>
       </c>
       <c r="C63" t="s">
-        <v>33</v>
+        <v>90</v>
       </c>
       <c r="D63" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E63" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F63">
         <v>2017</v>
       </c>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B64" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C64" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D64" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E64" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F64">
         <v>2017</v>
       </c>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>150</v>
       </c>
       <c r="B65" t="s">
         <v>151</v>
       </c>
       <c r="C65" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="D65" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E65" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F65">
         <v>2017</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>52</v>
+        <v>70</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>152</v>
       </c>
       <c r="B66" t="s">
         <v>153</v>
       </c>
       <c r="C66" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D66" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E66" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F66">
         <v>2017</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>154</v>
       </c>
       <c r="B67" t="s">
         <v>155</v>
       </c>
       <c r="C67" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D67" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E67" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F67">
         <v>2017</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>156</v>
       </c>
       <c r="B68" t="s">
         <v>157</v>
       </c>
       <c r="C68" t="s">
-        <v>33</v>
+        <v>140</v>
       </c>
       <c r="D68" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E68" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F68">
         <v>2017</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>158</v>
       </c>
       <c r="B69" t="s">
         <v>159</v>
       </c>
       <c r="C69" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D69" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E69" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F69">
         <v>2017</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>160</v>
       </c>
       <c r="B70" t="s">
         <v>161</v>
       </c>
       <c r="C70" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D70" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E70" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F70">
         <v>2017</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>162</v>
       </c>
       <c r="B71" t="s">
         <v>163</v>
       </c>
       <c r="C71" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="D71" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E71" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F71">
         <v>2017</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>164</v>
       </c>
       <c r="B72" t="s">
         <v>165</v>
       </c>
       <c r="C72" t="s">
-        <v>33</v>
+        <v>140</v>
       </c>
       <c r="D72" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E72" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F72">
         <v>2017</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>74</v>
+        <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>166</v>
       </c>
       <c r="B73" t="s">
         <v>167</v>
       </c>
       <c r="C73" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D73" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E73" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F73">
         <v>2017</v>
       </c>
-      <c r="G73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G73"/>
       <c r="H73" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>168</v>
+      </c>
+      <c r="B74" t="s">
         <v>169</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
+        <v>41</v>
+      </c>
+      <c r="D74" t="s">
+        <v>36</v>
+      </c>
+      <c r="E74" t="s">
+        <v>37</v>
+      </c>
+      <c r="F74">
+        <v>2017</v>
+      </c>
+      <c r="G74" t="s">
         <v>170</v>
       </c>
-      <c r="C74" t="s">
-[...11 lines deleted...]
-      <c r="G74"/>
       <c r="H74" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>171</v>
       </c>
       <c r="B75" t="s">
         <v>172</v>
       </c>
       <c r="C75" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D75" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E75" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F75">
         <v>2017</v>
       </c>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>173</v>
       </c>
       <c r="B76" t="s">
         <v>174</v>
       </c>
       <c r="C76" t="s">
-        <v>138</v>
+        <v>35</v>
       </c>
       <c r="D76" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E76" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F76">
         <v>2017</v>
       </c>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>175</v>
       </c>
       <c r="B77" t="s">
         <v>176</v>
       </c>
       <c r="C77" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D77" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E77" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F77">
         <v>2017</v>
       </c>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>177</v>
       </c>
       <c r="B78" t="s">
         <v>178</v>
       </c>
       <c r="C78" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D78" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E78" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F78">
         <v>2017</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>179</v>
       </c>
       <c r="B79" t="s">
         <v>180</v>
       </c>
       <c r="C79" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D79" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E79" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F79">
         <v>2017</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>181</v>
       </c>
       <c r="B80" t="s">
         <v>182</v>
       </c>
       <c r="C80" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D80" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E80" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F80">
         <v>2017</v>
       </c>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>183</v>
       </c>
       <c r="B81" t="s">
         <v>184</v>
       </c>
       <c r="C81" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D81" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E81" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F81">
         <v>2017</v>
       </c>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>185</v>
       </c>
       <c r="B82" t="s">
         <v>186</v>
       </c>
       <c r="C82" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D82" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E82" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F82">
         <v>2017</v>
       </c>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>187</v>
       </c>
       <c r="B83" t="s">
         <v>188</v>
       </c>
       <c r="C83" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D83" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E83" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F83">
         <v>2017</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>189</v>
       </c>
       <c r="B84" t="s">
         <v>190</v>
       </c>
       <c r="C84" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D84" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E84" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F84">
         <v>2017</v>
       </c>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>191</v>
       </c>
       <c r="B85" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="C85" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D85" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E85" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F85">
         <v>2017</v>
       </c>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B86" t="s">
-        <v>193</v>
+        <v>165</v>
       </c>
       <c r="C86" t="s">
-        <v>33</v>
+        <v>140</v>
       </c>
       <c r="D86" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E86" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F86">
         <v>2017</v>
       </c>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>131</v>
+        <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>194</v>
       </c>
       <c r="B87" t="s">
         <v>195</v>
       </c>
       <c r="C87" t="s">
-        <v>196</v>
+        <v>35</v>
       </c>
       <c r="D87" t="s">
-        <v>92</v>
+        <v>36</v>
       </c>
       <c r="E87" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F87">
         <v>2017</v>
       </c>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>9</v>
+        <v>133</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>196</v>
+      </c>
+      <c r="B88" t="s">
         <v>197</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88" t="s">
         <v>198</v>
       </c>
-      <c r="C88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D88" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="E88" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F88">
         <v>2017</v>
       </c>
       <c r="G88"/>
-      <c r="H88"/>
+      <c r="H88" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>199</v>
       </c>
       <c r="B89" t="s">
         <v>200</v>
       </c>
       <c r="C89" t="s">
-        <v>33</v>
+        <v>90</v>
       </c>
       <c r="D89" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E89" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F89">
         <v>2017</v>
       </c>
       <c r="G89"/>
-      <c r="H89" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>201</v>
       </c>
       <c r="B90" t="s">
         <v>202</v>
       </c>
       <c r="C90" t="s">
-        <v>88</v>
+        <v>35</v>
       </c>
       <c r="D90" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E90" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F90">
         <v>2017</v>
       </c>
       <c r="G90"/>
-      <c r="H90"/>
+      <c r="H90" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>203</v>
       </c>
       <c r="B91" t="s">
         <v>204</v>
       </c>
       <c r="C91" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D91" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E91" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F91">
         <v>2017</v>
       </c>
       <c r="G91"/>
       <c r="H91"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>205</v>
       </c>
       <c r="B92" t="s">
         <v>206</v>
       </c>
       <c r="C92" t="s">
-        <v>33</v>
+        <v>90</v>
       </c>
       <c r="D92" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E92" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F92">
         <v>2017</v>
       </c>
       <c r="G92"/>
       <c r="H92"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>207</v>
       </c>
       <c r="B93" t="s">
         <v>208</v>
       </c>
       <c r="C93" t="s">
-        <v>209</v>
+        <v>35</v>
       </c>
       <c r="D93" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E93" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F93">
         <v>2017</v>
       </c>
       <c r="G93"/>
       <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>209</v>
+      </c>
+      <c r="B94" t="s">
         <v>210</v>
       </c>
-      <c r="B94" t="s">
+      <c r="C94" t="s">
         <v>211</v>
       </c>
-      <c r="C94" t="s">
-[...2 lines deleted...]
-      <c r="D94"/>
+      <c r="D94" t="s">
+        <v>36</v>
+      </c>
       <c r="E94" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="F94">
-        <v>1800</v>
+        <v>2017</v>
       </c>
       <c r="G94"/>
-      <c r="H94" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H94"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B95" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C95" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D95"/>
       <c r="E95" t="s">
         <v>13</v>
       </c>
       <c r="F95">
         <v>1800</v>
       </c>
       <c r="G95"/>
       <c r="H95" t="s">
         <v>9</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>212</v>
+      </c>
+      <c r="B96" t="s">
+        <v>213</v>
+      </c>
+      <c r="C96" t="s">
+        <v>198</v>
+      </c>
+      <c r="D96"/>
+      <c r="E96" t="s">
+        <v>13</v>
+      </c>
+      <c r="F96">
+        <v>1800</v>
+      </c>
+      <c r="G96"/>
+      <c r="H96" t="s">
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">