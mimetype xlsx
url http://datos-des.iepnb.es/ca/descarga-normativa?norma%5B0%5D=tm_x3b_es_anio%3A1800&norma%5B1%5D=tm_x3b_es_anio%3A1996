--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -1915,73 +1915,73 @@
       <c r="F48">
         <v>1996</v>
       </c>
       <c r="G48"/>
       <c r="H48"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>125</v>
       </c>
       <c r="B49" t="s">
         <v>126</v>
       </c>
       <c r="C49" t="s">
         <v>45</v>
       </c>
       <c r="D49"/>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49">
         <v>1800</v>
       </c>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>125</v>
       </c>
       <c r="B50" t="s">
         <v>126</v>
       </c>
       <c r="C50" t="s">
         <v>45</v>
       </c>
       <c r="D50"/>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50">
         <v>1800</v>
       </c>
       <c r="G50"/>
       <c r="H50" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">