--- v0 (2025-10-26)
+++ v1 (2025-12-12)
@@ -2238,73 +2238,73 @@
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>144</v>
       </c>
       <c r="B60" t="s">
         <v>145</v>
       </c>
       <c r="C60" t="s">
         <v>146</v>
       </c>
       <c r="D60"/>
       <c r="E60" t="s">
         <v>147</v>
       </c>
       <c r="F60">
         <v>1800</v>
       </c>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>33</v>
+        <v>79</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>144</v>
       </c>
       <c r="B61" t="s">
         <v>145</v>
       </c>
       <c r="C61" t="s">
         <v>146</v>
       </c>
       <c r="D61"/>
       <c r="E61" t="s">
         <v>147</v>
       </c>
       <c r="F61">
         <v>1800</v>
       </c>
       <c r="G61"/>
       <c r="H61" t="s">
-        <v>79</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">