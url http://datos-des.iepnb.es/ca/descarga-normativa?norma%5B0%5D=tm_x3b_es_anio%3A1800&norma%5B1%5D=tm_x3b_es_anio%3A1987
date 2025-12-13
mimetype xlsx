--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -1088,73 +1088,73 @@
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
         <v>58</v>
       </c>
       <c r="B23" t="s">
         <v>59</v>
       </c>
       <c r="C23" t="s">
         <v>60</v>
       </c>
       <c r="D23"/>
       <c r="E23" t="s">
         <v>61</v>
       </c>
       <c r="F23">
         <v>1800</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>58</v>
       </c>
       <c r="B24" t="s">
         <v>59</v>
       </c>
       <c r="C24" t="s">
         <v>60</v>
       </c>
       <c r="D24"/>
       <c r="E24" t="s">
         <v>61</v>
       </c>
       <c r="F24">
         <v>1800</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">