--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -80,54 +80,54 @@
   <si>
     <t>Orden de 25 de noviembre de 1977 por la que se aprueba la clasificación de las vías pecuarias existentes en el término municipal de Fuente Alamo, provincia de Murcia. BOE 10, 12 de enero de 1978.</t>
   </si>
   <si>
     <t>http://www.boe.es/boe/dias/1978/01/12/pdfs/A00800-00800.pdf</t>
   </si>
   <si>
     <t>Acuerdo de la Comisión Provincial de Urbanismo de 26 de julio de 1977. Orden de  26 de enero de 1978.</t>
   </si>
   <si>
     <t>Resolución</t>
   </si>
   <si>
     <t>prueba</t>
   </si>
   <si>
     <t>https://www.es</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Andalucía</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>