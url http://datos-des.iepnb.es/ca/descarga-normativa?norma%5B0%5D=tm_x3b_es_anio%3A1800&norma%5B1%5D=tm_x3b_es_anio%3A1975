--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -80,54 +80,54 @@
   <si>
     <t>Orden de 13-10-1975 por la que se aprueba la clasificación de las vías pecuarias existentes en el término municipal de Molina de Segura, provincia de Murcia. BOE 301, 16 de diciembre de 1975.</t>
   </si>
   <si>
     <t>http://www.boe.es/boe/dias/1975/12/16/pdfs/A26119-26120.pdf</t>
   </si>
   <si>
     <t>Orden de 19 de noviembre de 1975 por la que se aprueba la clasificación de las vías pecuarias existentes en el término municipal de Yecla, provincia de Murcia. BOE 4, de 5 de enero de 1976.</t>
   </si>
   <si>
     <t>http://www.boe.es/boe/dias/1976/01/05/pdfs/A00193-00194.pdf</t>
   </si>
   <si>
     <t>prueba</t>
   </si>
   <si>
     <t>https://www.es</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Andalucía</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>