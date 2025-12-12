--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -3373,99 +3373,99 @@
       <c r="H65" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>159</v>
       </c>
       <c r="B66" t="s">
         <v>59</v>
       </c>
       <c r="C66" t="s">
         <v>45</v>
       </c>
       <c r="D66" t="s">
         <v>30</v>
       </c>
       <c r="E66" t="s">
         <v>31</v>
       </c>
       <c r="F66">
         <v>2009</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>159</v>
       </c>
       <c r="B67" t="s">
         <v>59</v>
       </c>
       <c r="C67" t="s">
         <v>45</v>
       </c>
       <c r="D67" t="s">
         <v>30</v>
       </c>
       <c r="E67" t="s">
         <v>31</v>
       </c>
       <c r="F67">
         <v>2009</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>160</v>
+        <v>37</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>159</v>
       </c>
       <c r="B68" t="s">
         <v>59</v>
       </c>
       <c r="C68" t="s">
         <v>45</v>
       </c>
       <c r="D68" t="s">
         <v>30</v>
       </c>
       <c r="E68" t="s">
         <v>31</v>
       </c>
       <c r="F68">
         <v>2009</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>23</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>161</v>
       </c>
       <c r="B69" t="s">
         <v>162</v>
       </c>
       <c r="C69" t="s">
         <v>163</v>
       </c>
       <c r="D69" t="s">
         <v>30</v>
       </c>
       <c r="E69" t="s">
         <v>31</v>
       </c>
       <c r="F69">
         <v>2009</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
         <v>37</v>
       </c>