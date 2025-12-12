--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -50,54 +50,54 @@
   <si>
     <t>Rango norma superior</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Ámbito geográfico político</t>
   </si>
   <si>
     <t>Comunidad Autónoma</t>
   </si>
   <si>
     <t>prueba</t>
   </si>
   <si>
     <t>https://www.es</t>
   </si>
   <si>
     <t>Orden (orden Ministerial, Ordenes de las Comisiones delegadas del Gobierno)</t>
   </si>
   <si>
     <t>Normativa Comunitaria</t>
   </si>
   <si>
+    <t>Andalucía</t>
+  </si>
+  <si>
     <t>Canarias</t>
-  </si>
-[...1 lines deleted...]
-    <t>Andalucía</t>
   </si>
   <si>
     <t>prueba nueva referencia legal ZEC, ESprueb24.</t>
   </si>
   <si>
     <t>https://nuevaZec.ESprueb24.com</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Directiva</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>Nacional</t>
   </si>
   <si>
     <t>PruebaPadre2</t>
   </si>
 </sst>
 </file>
 
@@ -533,51 +533,51 @@
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>15</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4">
         <v>1754</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5">
         <v>1754</v>
       </c>
       <c r="G5" t="s">
         <v>19</v>
       </c>
       <c r="H5"/>