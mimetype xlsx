--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -131,56 +131,56 @@
   <si>
     <t>https://www.google.es</t>
   </si>
   <si>
     <t>Nueva Norma 3 Tomás</t>
   </si>
   <si>
     <t>Circular o instrucción</t>
   </si>
   <si>
     <t>Autonómico</t>
   </si>
   <si>
     <t>Nueva Norma Añadir Legislación con CCAA.</t>
   </si>
   <si>
     <t>https://www.google.com/test</t>
   </si>
   <si>
     <t>Decreto</t>
   </si>
   <si>
     <t>Comunicación</t>
   </si>
   <si>
+    <t>Castilla y León</t>
+  </si>
+  <si>
     <t>País Vasco</t>
   </si>
   <si>
-    <t>Castilla y León</t>
-[...1 lines deleted...]
-  <si>
     <t>Cataluña</t>
   </si>
   <si>
     <t>asdasd</t>
   </si>
   <si>
     <t>https://www.google.es/</t>
   </si>
   <si>
     <t>PRUEBASSSS añadir</t>
   </si>
   <si>
     <t>www.google.es</t>
   </si>
   <si>
     <t>Prueba Norma Aplicación</t>
   </si>
   <si>
     <t>prueba alma</t>
   </si>
   <si>
     <t>Tratados Internacionales</t>
   </si>
   <si>
     <t>Aragón</t>
@@ -227,141 +227,141 @@
   <si>
     <t>Normas con rango de Ley</t>
   </si>
   <si>
     <t>Ley inventada para probar</t>
   </si>
   <si>
     <t>https://www.google.com/intl/es/gmail/about/</t>
   </si>
   <si>
     <t>Decisiones</t>
   </si>
   <si>
     <t>Nueva Norma Tomás</t>
   </si>
   <si>
     <t>Nueva Norma 2 Tomás</t>
   </si>
   <si>
     <t>Pruebas Tomas</t>
   </si>
   <si>
     <t>Norma Prueba con Carolina</t>
   </si>
   <si>
+    <t>Comunidad de Madrid</t>
+  </si>
+  <si>
     <t>Cantabria</t>
   </si>
   <si>
-    <t>Comunidad de Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>sg2</t>
   </si>
   <si>
     <t>sg3</t>
   </si>
   <si>
     <t>sg5</t>
   </si>
   <si>
     <t>Orden</t>
   </si>
   <si>
     <t>Pruebas Legislacion Alta</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>Prueba de Legislación con Nivel de Administración Nacional.</t>
   </si>
   <si>
     <t>https://www.google.com/testing/branch</t>
   </si>
   <si>
     <t>Leyes autonómicas</t>
   </si>
   <si>
+    <t>Extremadura</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Ceuta</t>
+  </si>
+  <si>
+    <t>Ciudad Autónoma de Melilla</t>
+  </si>
+  <si>
     <t>Región de Murcia</t>
   </si>
   <si>
-    <t>Ciudad Autónoma de Ceuta</t>
-[...7 lines deleted...]
-  <si>
     <t>Prueba Nacional con publicadores con AppUsuPerOrg.</t>
   </si>
   <si>
     <t>https://www.google.com/testsg7</t>
   </si>
   <si>
     <t>Comunidad Valenciana</t>
   </si>
   <si>
     <t>Prueba de Modificación Alta</t>
   </si>
   <si>
     <t>Prueba añadir norma 2</t>
   </si>
   <si>
     <t>https://testingdatagenerator.com/doi.html</t>
   </si>
   <si>
     <t>Anuncio (Consejo de Ministros)</t>
   </si>
   <si>
     <t>Norma Prueba Alta</t>
   </si>
   <si>
     <t>Prueba Validacion Alta Legislación</t>
   </si>
   <si>
     <t>Pruebassssssssssssss años</t>
   </si>
   <si>
     <t>Pruebas de Nuevas Normas a 10/12/2024 a las 10:20:23</t>
   </si>
   <si>
     <t>Pruebas para saber si el campo Norma puede usar / , ; y : .</t>
   </si>
   <si>
     <t>https://www.google.com/test/branch</t>
   </si>
   <si>
     <t>Pruebas Normas con Unificación- Detalles 17/12/2024 - Hora: 09:17:00. Prueba de funcionamiento; Correcto/Funcionando con Modificación  17/12/2024 - Hora: 09:19:00..</t>
   </si>
   <si>
+    <t>Extra-Regio</t>
+  </si>
+  <si>
     <t>Illes Balears</t>
-  </si>
-[...1 lines deleted...]
-    <t>Extra-Regio</t>
   </si>
   <si>
     <t>Pruebas de Legislación loadOptions</t>
   </si>
   <si>
     <t>Leyes Ordinarias de ámbito estatal, Reales Decretos Legislativos, Real Decreto Ley</t>
   </si>
   <si>
     <t>Decreto 33/2024, de 28 de febrero, del Gobierno de Aragón, por el que se establece un régimen de protección para la margaritona (Margaritifera auricularia) y se aprueba un nuevo plan de recuperación.</t>
   </si>
   <si>
     <t>https://www.boa.aragon.es/cgi-bin/EBOA/BRSCGI?CMD=VEROBJ&amp;MLKOB=1320624820303</t>
   </si>
   <si>
     <t>Reglamentos (Gobierno, Autonómico, Entidades locales)</t>
   </si>
   <si>
     <t>gkj</t>
   </si>
   <si>
     <t>https://jamoncitosricos.com</t>
   </si>
   <si>
     <t>prueba nueva referencia legal plan de gestión, ESprueb24.</t>
   </si>
@@ -1029,103 +1029,103 @@
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>35</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>12</v>
       </c>
       <c r="H13" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>35</v>
       </c>
       <c r="B14" t="s">
         <v>36</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>12</v>
       </c>
       <c r="H14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>36</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>12</v>
       </c>
       <c r="H15" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>42</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>44</v>
@@ -1445,103 +1445,103 @@
       <c r="H31"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>70</v>
       </c>
       <c r="B32" t="s">
         <v>36</v>
       </c>
       <c r="C32" t="s">
         <v>59</v>
       </c>
       <c r="D32" t="s">
         <v>60</v>
       </c>
       <c r="E32" t="s">
         <v>63</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
         <v>12</v>
       </c>
       <c r="H32" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>36</v>
       </c>
       <c r="C33" t="s">
         <v>59</v>
       </c>
       <c r="D33" t="s">
         <v>60</v>
       </c>
       <c r="E33" t="s">
         <v>63</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
         <v>12</v>
       </c>
       <c r="H33" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>36</v>
       </c>
       <c r="C34" t="s">
         <v>59</v>
       </c>
       <c r="D34" t="s">
         <v>60</v>
       </c>
       <c r="E34" t="s">
         <v>63</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
         <v>12</v>
       </c>
       <c r="H34" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>70</v>
       </c>
       <c r="B35" t="s">
         <v>36</v>
       </c>
       <c r="C35" t="s">
         <v>59</v>
       </c>
       <c r="D35" t="s">
         <v>60</v>
       </c>
       <c r="E35" t="s">
         <v>63</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
         <v>12</v>
       </c>
       <c r="H35" t="s">
@@ -1601,51 +1601,51 @@
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>74</v>
       </c>
       <c r="B38" t="s">
         <v>19</v>
       </c>
       <c r="C38" t="s">
         <v>59</v>
       </c>
       <c r="D38" t="s">
         <v>60</v>
       </c>
       <c r="E38" t="s">
         <v>63</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38" t="s">
         <v>12</v>
       </c>
       <c r="H38" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>74</v>
       </c>
       <c r="B39" t="s">
         <v>19</v>
       </c>
       <c r="C39" t="s">
         <v>59</v>
       </c>
       <c r="D39" t="s">
         <v>60</v>
       </c>
       <c r="E39" t="s">
         <v>63</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39" t="s">
         <v>12</v>
       </c>
       <c r="H39" t="s">
@@ -1653,77 +1653,77 @@
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>74</v>
       </c>
       <c r="B40" t="s">
         <v>19</v>
       </c>
       <c r="C40" t="s">
         <v>59</v>
       </c>
       <c r="D40" t="s">
         <v>60</v>
       </c>
       <c r="E40" t="s">
         <v>63</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40" t="s">
         <v>12</v>
       </c>
       <c r="H40" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>74</v>
       </c>
       <c r="B41" t="s">
         <v>19</v>
       </c>
       <c r="C41" t="s">
         <v>59</v>
       </c>
       <c r="D41" t="s">
         <v>60</v>
       </c>
       <c r="E41" t="s">
         <v>63</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41" t="s">
         <v>12</v>
       </c>
       <c r="H41" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>74</v>
       </c>
       <c r="B42" t="s">
         <v>19</v>
       </c>
       <c r="C42" t="s">
         <v>59</v>
       </c>
       <c r="D42" t="s">
         <v>60</v>
       </c>
       <c r="E42" t="s">
         <v>63</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42" t="s">
         <v>12</v>
       </c>
       <c r="H42" t="s">
@@ -1757,51 +1757,51 @@
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>77</v>
       </c>
       <c r="B44" t="s">
         <v>36</v>
       </c>
       <c r="C44" t="s">
         <v>59</v>
       </c>
       <c r="D44" t="s">
         <v>38</v>
       </c>
       <c r="E44" t="s">
         <v>63</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44" t="s">
         <v>12</v>
       </c>
       <c r="H44" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>77</v>
       </c>
       <c r="B45" t="s">
         <v>36</v>
       </c>
       <c r="C45" t="s">
         <v>59</v>
       </c>
       <c r="D45" t="s">
         <v>38</v>
       </c>
       <c r="E45" t="s">
         <v>63</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45" t="s">
         <v>12</v>
       </c>
       <c r="H45" t="s">
@@ -1809,341 +1809,341 @@
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>77</v>
       </c>
       <c r="B46" t="s">
         <v>36</v>
       </c>
       <c r="C46" t="s">
         <v>59</v>
       </c>
       <c r="D46" t="s">
         <v>38</v>
       </c>
       <c r="E46" t="s">
         <v>63</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46" t="s">
         <v>12</v>
       </c>
       <c r="H46" t="s">
-        <v>78</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>77</v>
       </c>
       <c r="B47" t="s">
         <v>36</v>
       </c>
       <c r="C47" t="s">
         <v>59</v>
       </c>
       <c r="D47" t="s">
         <v>38</v>
       </c>
       <c r="E47" t="s">
         <v>63</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47" t="s">
         <v>12</v>
       </c>
       <c r="H47" t="s">
-        <v>40</v>
+        <v>78</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>79</v>
       </c>
       <c r="B48" t="s">
         <v>80</v>
       </c>
       <c r="C48"/>
       <c r="D48" t="s">
         <v>81</v>
       </c>
       <c r="E48" t="s">
         <v>63</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48" t="s">
         <v>12</v>
       </c>
       <c r="H48" t="s">
-        <v>57</v>
+        <v>82</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>79</v>
       </c>
       <c r="B49" t="s">
         <v>80</v>
       </c>
       <c r="C49"/>
       <c r="D49" t="s">
         <v>81</v>
       </c>
       <c r="E49" t="s">
         <v>63</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49" t="s">
         <v>12</v>
       </c>
       <c r="H49" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>79</v>
       </c>
       <c r="B50" t="s">
         <v>80</v>
       </c>
       <c r="C50"/>
       <c r="D50" t="s">
         <v>81</v>
       </c>
       <c r="E50" t="s">
         <v>63</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50" t="s">
         <v>12</v>
       </c>
       <c r="H50" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>79</v>
       </c>
       <c r="B51" t="s">
         <v>80</v>
       </c>
       <c r="C51"/>
       <c r="D51" t="s">
         <v>81</v>
       </c>
       <c r="E51" t="s">
         <v>63</v>
       </c>
       <c r="F51">
         <v>2024</v>
       </c>
       <c r="G51" t="s">
         <v>12</v>
       </c>
       <c r="H51" t="s">
-        <v>25</v>
+        <v>84</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>79</v>
       </c>
       <c r="B52" t="s">
         <v>80</v>
       </c>
       <c r="C52"/>
       <c r="D52" t="s">
         <v>81</v>
       </c>
       <c r="E52" t="s">
         <v>63</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52" t="s">
         <v>12</v>
       </c>
       <c r="H52" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>79</v>
       </c>
       <c r="B53" t="s">
         <v>80</v>
       </c>
       <c r="C53"/>
       <c r="D53" t="s">
         <v>81</v>
       </c>
       <c r="E53" t="s">
         <v>63</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53" t="s">
         <v>12</v>
       </c>
       <c r="H53" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>79</v>
       </c>
       <c r="B54" t="s">
         <v>80</v>
       </c>
       <c r="C54"/>
       <c r="D54" t="s">
         <v>81</v>
       </c>
       <c r="E54" t="s">
         <v>63</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54" t="s">
         <v>12</v>
       </c>
       <c r="H54" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>79</v>
       </c>
       <c r="B55" t="s">
         <v>80</v>
       </c>
       <c r="C55"/>
       <c r="D55" t="s">
         <v>81</v>
       </c>
       <c r="E55" t="s">
         <v>63</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55" t="s">
         <v>12</v>
       </c>
       <c r="H55" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>86</v>
       </c>
       <c r="B56" t="s">
         <v>87</v>
       </c>
       <c r="C56"/>
       <c r="D56" t="s">
         <v>81</v>
       </c>
       <c r="E56" t="s">
         <v>63</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56" t="s">
         <v>12</v>
       </c>
       <c r="H56" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>87</v>
       </c>
       <c r="C57"/>
       <c r="D57" t="s">
         <v>81</v>
       </c>
       <c r="E57" t="s">
         <v>63</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57" t="s">
         <v>12</v>
       </c>
       <c r="H57" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>86</v>
       </c>
       <c r="B58" t="s">
         <v>87</v>
       </c>
       <c r="C58"/>
       <c r="D58" t="s">
         <v>81</v>
       </c>
       <c r="E58" t="s">
         <v>63</v>
       </c>
       <c r="F58">
         <v>2024</v>
       </c>
       <c r="G58" t="s">
         <v>12</v>
       </c>
       <c r="H58" t="s">
-        <v>25</v>
+        <v>88</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>89</v>
       </c>
       <c r="B59" t="s">
         <v>36</v>
       </c>
       <c r="C59" t="s">
         <v>37</v>
       </c>
       <c r="D59" t="s">
         <v>81</v>
       </c>
       <c r="E59" t="s">
         <v>63</v>
       </c>
       <c r="F59">
         <v>2024</v>
       </c>
       <c r="G59" t="s">
         <v>12</v>
       </c>
       <c r="H59" t="s">
@@ -2285,151 +2285,151 @@
       <c r="F66">
         <v>2024</v>
       </c>
       <c r="G66"/>
       <c r="H66" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>99</v>
       </c>
       <c r="B67" t="s">
         <v>80</v>
       </c>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67" t="s">
         <v>63</v>
       </c>
       <c r="F67">
         <v>2024</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>99</v>
       </c>
       <c r="B68" t="s">
         <v>80</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68" t="s">
         <v>63</v>
       </c>
       <c r="F68">
         <v>2024</v>
       </c>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>99</v>
       </c>
       <c r="B69" t="s">
         <v>80</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69" t="s">
         <v>63</v>
       </c>
       <c r="F69">
         <v>2024</v>
       </c>
       <c r="G69"/>
       <c r="H69" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>99</v>
       </c>
       <c r="B70" t="s">
         <v>80</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70" t="s">
         <v>63</v>
       </c>
       <c r="F70">
         <v>2024</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>101</v>
+        <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>99</v>
       </c>
       <c r="B71" t="s">
         <v>80</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71" t="s">
         <v>63</v>
       </c>
       <c r="F71">
         <v>2024</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>99</v>
       </c>
       <c r="B72" t="s">
         <v>80</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72" t="s">
         <v>63</v>
       </c>
       <c r="F72">
         <v>2024</v>
       </c>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>102</v>
       </c>
       <c r="B73" t="s">
         <v>36</v>
       </c>
       <c r="C73"/>
       <c r="D73" t="s">
         <v>103</v>
       </c>
       <c r="E73" t="s">
         <v>63</v>
       </c>
       <c r="F73">
         <v>2024</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:8">
@@ -2521,103 +2521,103 @@
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>112</v>
       </c>
       <c r="B78" t="s">
         <v>36</v>
       </c>
       <c r="C78" t="s">
         <v>76</v>
       </c>
       <c r="D78" t="s">
         <v>34</v>
       </c>
       <c r="E78" t="s">
         <v>106</v>
       </c>
       <c r="F78">
         <v>2024</v>
       </c>
       <c r="G78" t="s">
         <v>12</v>
       </c>
       <c r="H78" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>112</v>
       </c>
       <c r="B79" t="s">
         <v>36</v>
       </c>
       <c r="C79" t="s">
         <v>76</v>
       </c>
       <c r="D79" t="s">
         <v>34</v>
       </c>
       <c r="E79" t="s">
         <v>106</v>
       </c>
       <c r="F79">
         <v>2024</v>
       </c>
       <c r="G79" t="s">
         <v>12</v>
       </c>
       <c r="H79" t="s">
-        <v>25</v>
+        <v>82</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>112</v>
       </c>
       <c r="B80" t="s">
         <v>36</v>
       </c>
       <c r="C80" t="s">
         <v>76</v>
       </c>
       <c r="D80" t="s">
         <v>34</v>
       </c>
       <c r="E80" t="s">
         <v>106</v>
       </c>
       <c r="F80">
         <v>2024</v>
       </c>
       <c r="G80" t="s">
         <v>12</v>
       </c>
       <c r="H80" t="s">
-        <v>85</v>
+        <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>113</v>
       </c>
       <c r="B81" t="s">
         <v>114</v>
       </c>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81" t="s">
         <v>106</v>
       </c>
       <c r="F81">
         <v>2024</v>
       </c>
       <c r="G81" t="s">
         <v>115</v>
       </c>
       <c r="H81"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>116</v>
@@ -2645,77 +2645,77 @@
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>117</v>
       </c>
       <c r="B83" t="s">
         <v>36</v>
       </c>
       <c r="C83" t="s">
         <v>118</v>
       </c>
       <c r="D83" t="s">
         <v>60</v>
       </c>
       <c r="E83" t="s">
         <v>106</v>
       </c>
       <c r="F83">
         <v>2024</v>
       </c>
       <c r="G83" t="s">
         <v>119</v>
       </c>
       <c r="H83" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>117</v>
       </c>
       <c r="B84" t="s">
         <v>36</v>
       </c>
       <c r="C84" t="s">
         <v>118</v>
       </c>
       <c r="D84" t="s">
         <v>60</v>
       </c>
       <c r="E84" t="s">
         <v>106</v>
       </c>
       <c r="F84">
         <v>2024</v>
       </c>
       <c r="G84" t="s">
         <v>119</v>
       </c>
       <c r="H84" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>120</v>
       </c>
       <c r="B85" t="s">
         <v>36</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
         <v>34</v>
       </c>
       <c r="E85" t="s">
         <v>106</v>
       </c>
       <c r="F85">
         <v>2024</v>
       </c>
       <c r="G85" t="s">
         <v>12</v>
       </c>
       <c r="H85" t="s">
@@ -2723,175 +2723,175 @@
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>120</v>
       </c>
       <c r="B86" t="s">
         <v>36</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
         <v>34</v>
       </c>
       <c r="E86" t="s">
         <v>106</v>
       </c>
       <c r="F86">
         <v>2024</v>
       </c>
       <c r="G86" t="s">
         <v>12</v>
       </c>
       <c r="H86" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>120</v>
       </c>
       <c r="B87" t="s">
         <v>36</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
         <v>34</v>
       </c>
       <c r="E87" t="s">
         <v>106</v>
       </c>
       <c r="F87">
         <v>2024</v>
       </c>
       <c r="G87" t="s">
         <v>12</v>
       </c>
       <c r="H87" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>120</v>
       </c>
       <c r="B88" t="s">
         <v>36</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
         <v>34</v>
       </c>
       <c r="E88" t="s">
         <v>106</v>
       </c>
       <c r="F88">
         <v>2024</v>
       </c>
       <c r="G88" t="s">
         <v>12</v>
       </c>
       <c r="H88" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>121</v>
       </c>
       <c r="B89" t="s">
         <v>36</v>
       </c>
       <c r="C89" t="s">
         <v>118</v>
       </c>
       <c r="D89" t="s">
         <v>60</v>
       </c>
       <c r="E89" t="s">
         <v>106</v>
       </c>
       <c r="F89">
         <v>2024</v>
       </c>
       <c r="G89"/>
       <c r="H89" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>122</v>
       </c>
       <c r="B90" t="s">
         <v>36</v>
       </c>
       <c r="C90" t="s">
         <v>118</v>
       </c>
       <c r="D90" t="s">
         <v>60</v>
       </c>
       <c r="E90" t="s">
         <v>106</v>
       </c>
       <c r="F90">
         <v>2024</v>
       </c>
       <c r="G90"/>
       <c r="H90" t="s">
-        <v>78</v>
+        <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>122</v>
       </c>
       <c r="B91" t="s">
         <v>36</v>
       </c>
       <c r="C91" t="s">
         <v>118</v>
       </c>
       <c r="D91" t="s">
         <v>60</v>
       </c>
       <c r="E91" t="s">
         <v>106</v>
       </c>
       <c r="F91">
         <v>2024</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>123</v>
       </c>
       <c r="B92" t="s">
         <v>31</v>
       </c>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92" t="s">
         <v>24</v>
       </c>
       <c r="F92">
         <v>1645</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>